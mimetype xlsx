--- v0 (2026-01-14)
+++ v1 (2026-03-09)
@@ -54,5265 +54,5265 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professor Vanderlei</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Manutenção de Rua</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2297/ind_002-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2297/ind_002-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção e Pavimentação</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Catarina Júnior</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2298/ind_003-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2298/ind_003-2025.pdf</t>
   </si>
   <si>
     <t>Redutor de Velocidade</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2299/ind_004-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2299/ind_004-2025.pdf</t>
   </si>
   <si>
     <t>Sinalização</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Sidnei Trevisan</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2300/ind_005-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2300/ind_005-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de Ruas</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2301/ind_006-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2301/ind_006-2025.pdf</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Iujo Manfron</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2302/ind_007-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2302/ind_007-2025.pdf</t>
   </si>
   <si>
     <t>Travessia Elevada</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2303/ind_008-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2303/ind_008-2025.pdf</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Denys Moraes</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2304/ind_009-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2304/ind_009-2025.pdf</t>
   </si>
   <si>
     <t>Revitalização de Rua</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Amarildo Portes</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2305/ind_012-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2305/ind_012-2025.pdf</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2306/ind_013-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2306/ind_013-2025.pdf</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Jair do Tanguá</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2307/ind_014-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2307/ind_014-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2308/ind_015-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2308/ind_015-2025.pdf</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Henrique Goinski</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2309/ind_016-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2309/ind_016-2025.pdf</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2322/ind_017-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2322/ind_017-2025.pdf</t>
   </si>
   <si>
     <t>Troca de Manilhas.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2323/ind_018-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2323/ind_018-2025.pdf</t>
   </si>
   <si>
     <t>Ponto de Ônibus.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2324/ind_019-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2324/ind_019-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2325/ind_019-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2325/ind_019-2025.pdf</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2326/ind_021-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2326/ind_021-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de Ruas.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2327/ind_022-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2327/ind_022-2025.pdf</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2328/ind_023-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2328/ind_023-2025.pdf</t>
   </si>
   <si>
     <t>Travessia Elevada.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2329/ind_024-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2329/ind_024-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de transporte escolar.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2330/ind_025-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2330/ind_025-2025.pdf</t>
   </si>
   <si>
     <t>Saúde.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Roque Luiz</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2333/ind_026-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2333/ind_026-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de Rua.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2332/ind_027-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2332/ind_027-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação na Rua Flavia Saldanha.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Claudinho Zoinho</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2334/ind_028-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2334/ind_028-2025.pdf</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2335/ind_029-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2335/ind_029-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de Correio Comunitário.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2336/ind_030-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2336/ind_030-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Pavimentação Asfáltica.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2337/ind_031-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2337/ind_031-2025.pdf</t>
   </si>
   <si>
     <t>Estudo para instalar travessia elevada.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2338/ind_032-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2338/ind_032-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de lombada.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2339/ind_033-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2339/ind_033-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de travessia elevada.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2340/ind_034-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2340/ind_034-2025.pdf</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Rodrigo Pavoni</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2341/ind_035-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2341/ind_035-2025.pdf</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2342/ind_036-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2342/ind_036-2025.pdf</t>
   </si>
   <si>
     <t>Redutor de Velocidade.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Polaco</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2343/ind_037-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2343/ind_037-2025.pdf</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2344/ind_038-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2344/ind_038-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2345/ind_039-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2345/ind_039-2025.pdf</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2348/ind_040-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2348/ind_040-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza e Manutenção dos Terminais de Ônibus.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2349/ind_041-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2349/ind_041-2025.pdf</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2350/ind_042-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2350/ind_042-2025.pdf</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2351/ind_043-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2351/ind_043-2025.pdf</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2352/ind_044-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2352/ind_044-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2353/ind_045-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2353/ind_045-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Academia ao Ar Livre e Pavimentação.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2354/ind_046-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2354/ind_046-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de Postes.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2355/ind_047-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2355/ind_047-2025.pdf</t>
   </si>
   <si>
     <t>Drenagem Pluvial</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2356/ind_048-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2356/ind_048-2025.pdf</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2357/ind_049-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2357/ind_049-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de Vias</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2358/ind_050-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2358/ind_050-2025.pdf</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2359/ind_051-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2359/ind_051-2025.pdf</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2360/ind_052-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2360/ind_052-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Pavimentação Asfáltica</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2361/ind_053-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2361/ind_053-2025.pdf</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2362/ind_054-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2362/ind_054-2025.pdf</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2363/ind_055-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2363/ind_055-2025.pdf</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2364/ind_056-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2364/ind_056-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação de Ruas.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2365/ind_057-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2365/ind_057-2025.pdf</t>
   </si>
   <si>
     <t>Calçada.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2366/ind_058-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2366/ind_058-2025.pdf</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2367/ind_059-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2367/ind_059-2025.pdf</t>
   </si>
   <si>
     <t>Conselho Tutelar Adicional.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2368/ind_060-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2368/ind_060-2025.pdf</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2369/ind_061-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2369/ind_061-2025.pdf</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2370/ind_062-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2370/ind_062-2025.pdf</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2371/ind_063-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2371/ind_063-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de Boca de Lobo na Rua Manoel Barbosa, nº 236 - Jardim Campo Verde.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2372/ind_064-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2372/ind_064-2025.pdf</t>
   </si>
   <si>
     <t>Indicação para Implantação da Horta Comunitária no Bairro Chico Mendes.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2373/ind_065-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2373/ind_065-2025.pdf</t>
   </si>
   <si>
     <t>Sinalização de via - Botiatuba.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2374/ind_066-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2374/ind_066-2025.pdf</t>
   </si>
   <si>
     <t>Roçada e Manutenção em Via Pública.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Limpeza.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2376/ind_068-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2376/ind_068-2025.pdf</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2377/ind_069-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2377/ind_069-2025.pdf</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2378/ind_070-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2378/ind_070-2025.pdf</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2379/ind_071-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2379/ind_071-2025.pdf</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2380/ind_072-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2380/ind_072-2025.pdf</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2388/ind_073-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2388/ind_073-2025.pdf</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2389/ind_074-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2389/ind_074-2025.pdf</t>
   </si>
   <si>
     <t>Revitalização e Pavimentação</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2390/ind_075-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2390/ind_075-2025.pdf</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2391/ind_076-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2391/ind_076-2025.pdf</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2392/ind_077-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2392/ind_077-2025.pdf</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2393/ind_078-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2393/ind_078-2025.pdf</t>
   </si>
   <si>
     <t>Pedido de Lombada</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2394/ind_079-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2394/ind_079-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação de Rua</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2395/ind_080-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2395/ind_080-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Pavimentação de Ruas no Bairro Jardim Maria Luiza/Tranqueira</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2396/ind_081-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2396/ind_081-2025.pdf</t>
   </si>
   <si>
     <t>Indicação para fiscalização e cumprimento da Lei Complementar nº 13/2009 referente à limpeza e multa de terrenos baldios.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2397/ind_082-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2397/ind_082-2025.pdf</t>
   </si>
   <si>
     <t>Lombada.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2398/ind_083-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2398/ind_083-2025.pdf</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2399/ind_084-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2399/ind_084-2025.pdf</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2400/ind_085-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2400/ind_085-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza de Manilhas - Bairro Tanguá</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2401/ind_086-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2401/ind_086-2025.pdf</t>
   </si>
   <si>
     <t>Colocação de Asfalto - Lamenha Grande.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2402/ind_087-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2402/ind_087-2025.pdf</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2403/ind_088-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2403/ind_088-2025.pdf</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2404/ind_089-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2404/ind_089-2025.pdf</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2405/ind_090-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2405/ind_090-2025.pdf</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2406/ind_091-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2406/ind_091-2025.pdf</t>
   </si>
   <si>
     <t>Proceder pavimentação na rua Cacheira, Jardim Alto Pinheiro.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2407/ind_092-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2407/ind_092-2025.pdf</t>
   </si>
   <si>
     <t>Proceder pintura de faixas e sinalizações de trânsito.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2409/ind_093-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2409/ind_093-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção Campo Buenos Aires.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2410/ind_094-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2410/ind_094-2025.pdf</t>
   </si>
   <si>
     <t>Reforma e Manutenção.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2411/ind_095-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2411/ind_095-2025.pdf</t>
   </si>
   <si>
     <t>Ampliação da coleta itinerante de exames de sangue nas regiões mais distantes dos grandes centros.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2412/ind_096-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2412/ind_096-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação Ruas no Jardim Roma.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2413/ind_097-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2413/ind_097-2025.pdf</t>
   </si>
   <si>
     <t>Melhoria na Rua Olavo Bilac, Bairro Tanguá.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2414/ind_098-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2414/ind_098-2025.pdf</t>
   </si>
   <si>
     <t>Serviço de Roçada no Jardim São Carlos.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2415/ind_099-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2415/ind_099-2025.pdf</t>
   </si>
   <si>
     <t>Recapeamento Massa Asfáltica.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2416/ind_100-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2416/ind_100-2025.pdf</t>
   </si>
   <si>
     <t>Reforma de Escola.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2417/ind_101-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2417/ind_101-2025.pdf</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2418/ind_102-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2418/ind_102-2025.pdf</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2419/ind_103-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2419/ind_103-2025.pdf</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2420/ind_104-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2420/ind_104-2025.pdf</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2421/ind_105-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2421/ind_105-2025.pdf</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2422/ind_106-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2422/ind_106-2025.pdf</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2423/ind_107-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2423/ind_107-2025.pdf</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2424/ind_108-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2424/ind_108-2025.pdf</t>
   </si>
   <si>
     <t>Redutor de Velocidade (Lombada).</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2430/ind_109-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2430/ind_109-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de travessia elevada, na Lamenha Pequenha.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2431/ind_110-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2431/ind_110-2025.pdf</t>
   </si>
   <si>
     <t>Asfalto em ruas no Tanguá.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2432/ind_111-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2432/ind_111-2025.pdf</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2433/ind_112-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2433/ind_112-2025.pdf</t>
   </si>
   <si>
     <t>Ambulâncias em unidades de saúde.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2434/ind_113-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2434/ind_113-2025.pdf</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2435/ind_114-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2435/ind_114-2025.pdf</t>
   </si>
   <si>
     <t>Proceder roçada e manutenção de rua.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2436/ind_115-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2436/ind_115-2025.pdf</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2437/ind_116-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2437/ind_116-2025.pdf</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2438/ind_117-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2438/ind_117-2025.pdf</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2439/ind_118-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2439/ind_118-2025.pdf</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2440/ind_119-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2440/ind_119-2025.pdf</t>
   </si>
   <si>
     <t>Criação do Fundo Municipal de Promoção da Igualdade Racial e do Plano Municipal da Igualdade Racial.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2441/ind_120-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2441/ind_120-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Pavimentação na Rua Victorio Prosdocimo.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2442/ind_121-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2442/ind_121-2025.pdf</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2443/ind_122-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2443/ind_122-2025.pdf</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2444/ind_123-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2444/ind_123-2025.pdf</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2445/ind_124-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2445/ind_124-2025.pdf</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2446/ind_125-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2446/ind_125-2025.pdf</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Paulão</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_126-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_126-2025.pdf</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2448/ind_128-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2448/ind_128-2025.pdf</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2451/ind_129-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2451/ind_129-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação para implantação de linha de ônibus universitário entre o município de Almirante Tamandaré e Curitiba.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2452/ind_130-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2452/ind_130-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção Asfáltica.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2453/ind_131-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2453/ind_131-2025.pdf</t>
   </si>
   <si>
     <t>Pedido de Academia ao ar livre.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2454/ind_132-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2454/ind_132-2025.pdf</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2455/ind_133-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2455/ind_133-2025.pdf</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2456/ind_134-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2456/ind_134-2025.pdf</t>
   </si>
   <si>
     <t>Colocação de Câmeras de Segurança.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2457/ind_135-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2457/ind_135-2025.pdf</t>
   </si>
   <si>
     <t>Lombada/Quebra Mola.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_136-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_136-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de pavimentação da Rua João Govaski Filho.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2459/ind_137-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2459/ind_137-2025.pdf</t>
   </si>
   <si>
     <t>Sugestão de parceria com o Hospital Veterinário Municipal de Curitiba ou Clínicas Privadas para atendimento clínico de animais.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2460/ind_138-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2460/ind_138-2025.pdf</t>
   </si>
   <si>
     <t>Rotatória.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2461/ind_140-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2461/ind_140-2025.pdf</t>
   </si>
   <si>
     <t>Melhorias para o Cemitério Municipal da Sede.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2462/ind_141-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2462/ind_141-2025.pdf</t>
   </si>
   <si>
     <t>Sinalização de vias na região central.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2463/ind_142-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2463/ind_142-2025.pdf</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_143-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_143-2025.pdf</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2465/ind_144-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2465/ind_144-2025.pdf</t>
   </si>
   <si>
     <t>Revitalização e melhoria de rotatória da Rua Affonso Mathuzcewksi - Marinone.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2470/ind_146-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2470/ind_146-2025.pdf</t>
   </si>
   <si>
     <t>Proceder Pavimentação Asfáltica.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2471/ind_147-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2471/ind_147-2025.pdf</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2472/ind_148-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2472/ind_148-2025.pdf</t>
   </si>
   <si>
     <t>Colocação de Câmeras de Segurança e Alarmes.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2473/ind_149-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2473/ind_149-2025.pdf</t>
   </si>
   <si>
     <t>Academia ao Ar Livre no Vila Marta.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2474/ind_150-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2474/ind_150-2025.pdf</t>
   </si>
   <si>
     <t>Asfalto.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2475/ind_151-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2475/ind_151-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de Asfalto.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2476/ind_152-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2476/ind_152-2025.pdf</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2477/ind_154-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2477/ind_154-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Pavimentação na Rua Amazor Sales Dias.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2478/ind_155-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2478/ind_155-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Pavimentação da Rua Salvador e Rua Porte Alegre.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2479/ind_156-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2479/ind_156-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Placas Nominais de Ruas.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2480/ind_157-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2480/ind_157-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Construção de uma Unidade de Saúde.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2481/ind_157-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2481/ind_157-2025.pdf</t>
   </si>
   <si>
     <t>Drenagem Pluvial.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2482/ind_159-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2482/ind_159-2025.pdf</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2483/ind_160-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2483/ind_160-2025.pdf</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2484/ind_161-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2484/ind_161-2025.pdf</t>
   </si>
   <si>
     <t>Ônibus.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2485/ind_163-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2485/ind_163-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção das trocas de lâmpadas queimadas.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2486/ind_164-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2486/ind_164-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de lombada em via rural, no São Miguel.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2487/ind_165-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2487/ind_165-2025.pdf</t>
   </si>
   <si>
     <t>Melhoria em via asfaltada, no Monte Santo.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_166-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_166-2025.pdf</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_167-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_167-2025.pdf</t>
   </si>
   <si>
     <t>Sinalização Horizontal de Vias Públicas.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2491/ind_169-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2491/ind_169-2025.pdf</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2492/ind_170-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2492/ind_170-2025.pdf</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2493/ind_171-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2493/ind_171-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de Academia ao Ar Livre.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2494/ind_172-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2494/ind_172-2025.pdf</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2495/ind_173-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2495/ind_173-2025.pdf</t>
   </si>
   <si>
     <t>Estudo para Instalar Travessia Elevada.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2496/ind_174-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2496/ind_174-2025.pdf</t>
   </si>
   <si>
     <t>Pedido de uma Cancha de Bocha.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2497/ind_176-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2497/ind_176-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação das bandeiras do Brasil, Paraná e Almirante Tamandaré nas unidades educacionais e prédios públicos do Município de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2498/ind_177-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2498/ind_177-2025.pdf</t>
   </si>
   <si>
     <t>Reforma da Praça dos Evangélicos.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2499/ind_179-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2499/ind_179-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação de Ruas Bairro Cachoeira.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2500/ind_180-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2500/ind_180-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação de Ruas Lamenha Grande.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_181-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_181-2025.pdf</t>
   </si>
   <si>
     <t>Construção de Calçada de Passeio.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2502/ind_182-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2502/ind_182-2025.pdf</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2503/ind_183-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2503/ind_183-2025.pdf</t>
   </si>
   <si>
     <t>Secretaria de Obras.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2504/ind_184-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2504/ind_184-2025.pdf</t>
   </si>
   <si>
     <t>Trânsito.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2505/ind_185-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2505/ind_185-2025.pdf</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2506/ind_186-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2506/ind_186-2025.pdf</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2514/ind_187-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2514/ind_187-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza de via (roçada).</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2513/ind_188-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2513/ind_188-2025.pdf</t>
   </si>
   <si>
     <t>Reforma da Pista de Skate da CEDE.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2512/ind_187-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2512/ind_187-2025.pdf</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2515/ind_190-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2515/ind_190-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de Calçada.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Urnas de recolhimento de cupons para sorteio do IPTU nos bairros Tanguá e São João Batista.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2517/ind_194-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2517/ind_194-2025.pdf</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2518/ind_195-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2518/ind_195-2025.pdf</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Fiscalização em bares e ambientes com som e música ao vivo.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2520/ind_197-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2520/ind_197-2025.pdf</t>
   </si>
   <si>
     <t>Fiscalização de empresa terceirizada de equipamento odontológico.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2526/ind_198-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2526/ind_198-2025.pdf</t>
   </si>
   <si>
     <t>Operação Tapa Buracos.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2527/ind_199-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2527/ind_199-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de Lâmpadas.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2531/ind_200-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2531/ind_200-2025.pdf</t>
   </si>
   <si>
     <t>Fiscalização do Comércio Ambulante.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2530/ind_201-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2530/ind_201-2025.pdf</t>
   </si>
   <si>
     <t>Troca de Lâmpada em Via Pública.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2630/ind_202-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2630/ind_202-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador Polaco, que este subscreve, no uso de suas atribuições legais, solicita ao Chefe do Poder Executivo Municipal a realização de estudos de viabilidade técnica e econômica para a pavimentação das seguintes vias localizadas no Bairro Lamenha Grande, neste Município:_x000D_
 _x000D_
 Rua Colombo: inicia na Rua Vereador Wadislau Bugalski e termina na Rua Paraná, com aproximadamente 595 metros de extensão._x000D_
 _x000D_
 Rua João Evangelista: inicia na Rua Agrimensor Nicolau Valkir Neto e termina na Rua Allan Kardec, com cerca de 173 metros de extensão._x000D_
 _x000D_
 Rua Santos Dumond: via sem saída, começa na Rua Vereador Wadislau Bugalski e termina nas proximidades da Rodovia dos Mineiros, com aproximadamente 1.800 metros de extensão._x000D_
 _x000D_
 Rua Sebastiana Lustosa de Freitas: inicia na Rua Vereador Wadislau Bugalski e termina na Rua das Amoreiras, com cerca de 526 metros de extensão._x000D_
 _x000D_
 Rua João Wicki: começa na Rua Vereador Wadislau Bugalski e termina na Rua Santos Dumond, com cerca de 1.440 metros de extensão._x000D_
 _x000D_
 Justificativa:</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2529/ind_203-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2529/ind_203-2025.pdf</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2536/ind_205-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2536/ind_205-2025.pdf</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2528/ind_206-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2528/ind_206-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de aumento na frota de ônibus.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2532/ind_207-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2532/ind_207-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza Rio.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2533/ind_208-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2533/ind_208-2025.pdf</t>
   </si>
   <si>
     <t>Iluminação Pública.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2534/ind_209-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2534/ind_209-2025.pdf</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2539/ind_210-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2539/ind_210-2025.pdf</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2540/ind_211-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2540/ind_211-2025.pdf</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_212-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_212-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de bueiros e calçadas no bairro Jardim do Arruda.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2542/ind_213-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2542/ind_213-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação de ria no Bairro Tanguá/Vila Marta.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2543/ind_214-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2543/ind_214-2025.pdf</t>
   </si>
   <si>
     <t>Pedido de academia ao ar livre.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2544/ind_215-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2544/ind_215-2025.pdf</t>
   </si>
   <si>
     <t>Solicita pavimentação das ruas Alziro Zarur e Rua dos Apóstolos no bairro Jardim Monterrey.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2545/ind_216-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2545/ind_216-2025.pdf</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2546/ind_217-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2546/ind_217-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de ruas.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2547/ind_218-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2547/ind_218-2025.pdf</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2548/ind_220-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2548/ind_220-2025.pdf</t>
   </si>
   <si>
     <t>Secretaria de obras/Planejamento.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2549/ind_221-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2549/ind_221-2025.pdf</t>
   </si>
   <si>
     <t>Secretaria de Obras/Planejamento.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2550/ind_222-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2550/ind_222-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção e reparo no posto de saúde do bairro Tanguá.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2551/ind_223-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2551/ind_223-2025.pdf</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2552/ind_224-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2552/ind_224-2025.pdf</t>
   </si>
   <si>
     <t>Roçada e limpeza.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2553/ind_225-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2553/ind_225-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de placa de sinalização.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2554/ind_226-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2554/ind_226-2025.pdf</t>
   </si>
   <si>
     <t>Reforço em sinalização horizontal para lombadas físicas.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>Ferrugem</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2555/ind_227-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2555/ind_227-2025.pdf</t>
   </si>
   <si>
     <t>Redutores de velocidade.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2556/ind_228-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2556/ind_228-2025.pdf</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2561/ind_229-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2561/ind_229-2025.pdf</t>
   </si>
   <si>
     <t>Espaço de acolhimento temporário para pessoas em situação de rua.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2562/ind_230-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2562/ind_230-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção e reparo capela mortuária do bairro Tanguá.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2563/ind_231-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2563/ind_231-2025.pdf</t>
   </si>
   <si>
     <t>Secretaria de obras.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2564/ind_232-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2564/ind_232-2025.pdf</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2565/ind_233-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2565/ind_233-2025.pdf</t>
   </si>
   <si>
     <t>Coleta de entulhos - Rua Minas Gerais - Bairro Tanguá.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2566/ind_234-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2566/ind_234-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de rua.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2567/ind_235-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2567/ind_235-2025.pdf</t>
   </si>
   <si>
     <t>Reforma da Central de Ambulância.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2568/ind_236-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2568/ind_236-2025.pdf</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2569/ind_237-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2569/ind_237-2025.pdf</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2570/ind_238-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2570/ind_238-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza do Rio Barigui - Boichininga.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2579/ind_239-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2579/ind_239-2025.pdf</t>
   </si>
   <si>
     <t>Reforma da Capela Mortuária.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2580/ind_240-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2580/ind_240-2025.pdf</t>
   </si>
   <si>
     <t>Oftalmologista nas escolas.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2581/ind_241-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2581/ind_241-2025.pdf</t>
   </si>
   <si>
     <t>Solicita revitalização e melhoria da sinalização viária em todo o Município de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2582/ind_242-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2582/ind_242-2025.pdf</t>
   </si>
   <si>
     <t>Redutor de velocidade.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2583/ind_243-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2583/ind_243-2025.pdf</t>
   </si>
   <si>
     <t>Operação tapa buracos.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2584/ind_244-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2584/ind_244-2025.pdf</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2585/ind_245-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2585/ind_245-2025.pdf</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_247-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_247-2025.pdf</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2588/ind_248-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2588/ind_248-2025.pdf</t>
   </si>
   <si>
     <t>Bacia de contenção de enchentes.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_249-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_249-2025.pdf</t>
   </si>
   <si>
     <t>Projeto reintegração social.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Claudinho Zoinho e Iujo Manfron</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2593/ind_250-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2593/ind_250-2025.pdf</t>
   </si>
   <si>
     <t>Doação de alimentos para a Festa do Morango.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2594/ind_251-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2594/ind_251-2025.pdf</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2595/ind_252-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2595/ind_252-2025.pdf</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2596/ind_254-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2596/ind_254-2025.pdf</t>
   </si>
   <si>
     <t>Travessia elevada.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2597/ind_255-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2597/ind_255-2025.pdf</t>
   </si>
   <si>
     <t>Construção do Centro de Convivência para a Pessoa Idosa.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2602/ind_256-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2602/ind_256-2025.pdf</t>
   </si>
   <si>
     <t>Canil/Gatil comunitário.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2603/ind_257-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2603/ind_257-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de cancha de bocha.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2604/ind_258-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2604/ind_258-2025.pdf</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2605/ind_259-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2605/ind_259-2025.pdf</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2606/ind_260-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2606/ind_260-2025.pdf</t>
   </si>
   <si>
     <t>Obras / Planejamento</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2607/ind_261-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2607/ind_261-2025.pdf</t>
   </si>
   <si>
     <t>Obras/Planejamento</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2608/ind_262-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2608/ind_262-2025.pdf</t>
   </si>
   <si>
     <t>Substituição de Manilhas</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Secretária de Obras/ Planejamento</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2612/ind_265-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2612/ind_265-2025.pdf</t>
   </si>
   <si>
     <t>Obras/ Planejamento</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2613/ind_266-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2613/ind_266-2025.pdf</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2614/ind_267-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2614/ind_267-2025.pdf</t>
   </si>
   <si>
     <t>Construção de CMEI</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2615/ind_268-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2615/ind_268-2025.pdf</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2616/ind_269-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2616/ind_269-2025.pdf</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2617/ind_270-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2617/ind_270-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação de Rua Bairro São Venâncio</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2618/ind_271-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2618/ind_271-2025.pdf</t>
   </si>
   <si>
     <t>Lombada/ Quebra Mola Bairro Cachoeira</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2619/ind_272-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2619/ind_272-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza de Calçada Com Lixo no Centro</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2620/ind_273-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2620/ind_273-2025.pdf</t>
   </si>
   <si>
     <t>Melhoria de Via No Parque São Jorge</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2623/ind_274-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2623/ind_274-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de Linhas Férreas</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2625/ind_275-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2625/ind_275-2025.pdf</t>
   </si>
   <si>
     <t>TROCA DE PLACAS COM NOMES DAS RUAS BAIRRO TANGUA</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2624/ind_276-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2624/ind_276-2025.pdf</t>
   </si>
   <si>
     <t>LOMBADA / QUEBRA MOLA BAIRRO LAMENHA GRANDE</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2626/ind_277-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2626/ind_277-2025.pdf</t>
   </si>
   <si>
     <t>ESPAÇO PARA OS FEIRANTES</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2627/ind_278-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2627/ind_278-2025.pdf</t>
   </si>
   <si>
     <t>MANUTENÇAO DA RUA SÃO LEOPOLDO E SÃO LOURENÇO AMBAS LOCALIZADAS NO BAIRRO MONTE SANTO</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS RUAS TOMAZINA, JAPIRA E JOSE MARIA DA SILVA BAIRRO VILA TEFE</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2631/ind_280-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2631/ind_280-2025.pdf</t>
   </si>
   <si>
     <t>Que seja implantada uma placa de pare e a pintura das sinalizações na rua São José esquina com a rua São João no bairro Jardim Monte Santo e implantação de placas de sinalização na rua Nossa Senhora do Rocio esquina com rua São José Bairro Parque São Jorge</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2632/ind_281-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2632/ind_281-2025.pdf</t>
   </si>
   <si>
     <t>conserto de bueiro na Rua Ângelo Prosdócimo no bairro Campina do Arruda</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2633/ind_282-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2633/ind_282-2025.pdf</t>
   </si>
   <si>
     <t>seja realizado patrolamento na rua Rio Madeira</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2634/ind_284-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2634/ind_284-2025.pdf</t>
   </si>
   <si>
     <t>que seja realizado um estudo para implantação de academia de ar livre na _x000D_
 Rua Alberto Krause</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2636/ind_285-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2636/ind_285-2025.pdf</t>
   </si>
   <si>
     <t>Que seja feito um estudo para melhoria ao longo da Rua João Lourenço Wotekoski, no bairro Pacotuba</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2637/ind_286-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2637/ind_286-2025.pdf</t>
   </si>
   <si>
     <t>Lombada elevada na Avenida Vereador Wadislau Bugalski, proximo ao Parque Esportivo</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2638/ind_287-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2638/ind_287-2025.pdf</t>
   </si>
   <si>
     <t>Analise junto a Companhia Paranaense de Energia</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>Reforço na fiscalização e segurança no Parque Aníbal Khury</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2640/ind_289-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2640/ind_289-2025.pdf</t>
   </si>
   <si>
     <t>estalação de ponto de luz em frente a Escola Municipal Alvorada</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2641/ind_290-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2641/ind_290-2025.pdf</t>
   </si>
   <si>
     <t>instalação de ponto de luz na quadra esportiva da escola Municipal Ipê</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2642/ind_291-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2642/ind_291-2025.pdf</t>
   </si>
   <si>
     <t>manutenção com patrola mento e colocação de pedrisco</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2643/ind_292-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2643/ind_292-2025.pdf</t>
   </si>
   <si>
     <t>manutenção com patrolameto  e colocação de pedrisco</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2646/ind_293-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2646/ind_293-2025.pdf</t>
   </si>
   <si>
     <t>Manilhamento Rua Rio Branco Bairro Lamenha Grande</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2647/ind_294-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2647/ind_294-2025.pdf</t>
   </si>
   <si>
     <t>Estacionamento de veículos sobre a rua marginal</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2648/ind_295-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2648/ind_295-2025.pdf</t>
   </si>
   <si>
     <t>(recap) asfáltico na Rua Simão Domacoski</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2649/ind_296-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2649/ind_296-2025.pdf</t>
   </si>
   <si>
     <t>Estudo para ampliação da escola municipal Professor Antônio Rodrigues Dias</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2650/ind_297-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2650/ind_297-2025.pdf</t>
   </si>
   <si>
     <t>Estudo para melhoria na sinalização na rotatória da Rua Alberto krause</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2651/ind_298-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2651/ind_298-2025.pdf</t>
   </si>
   <si>
     <t>Reparo Asfáltico (operação tapa buraco)</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2652/ind_299-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2652/ind_299-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfaltica</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2653/ind_300-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2653/ind_300-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2654/ind_301-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2654/ind_301-2025.pdf</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2658/ind_302-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2658/ind_302-2025.pdf</t>
   </si>
   <si>
     <t>A necessidade da criação do Departamento Municipal de Ação e Proteção Animal</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2659/ind_303-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2659/ind_303-2025.pdf</t>
   </si>
   <si>
     <t>Disponibilização de Aulas de Pilates</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2660/ind_304-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2660/ind_304-2025.pdf</t>
   </si>
   <si>
     <t>Revitalização Asfáltica nas Ruas Luciano Pavarotti e Rua Antônio de Paula Braga</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2661/ind_305-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2661/ind_305-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação das Ruas Ivone Soares e Rua Antônio Carlos Gomes (Jardim Parati)</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>Manutenção Asfaltica com massa quente na Rua Cecilia Meireles</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2663/ind_307-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2663/ind_307-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza do Rio entre as Ruas Jose kleina ate a Elfrida Toessler</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2664/ind_308-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2664/ind_308-2025.pdf</t>
   </si>
   <si>
     <t>Seja instalada uma placa de proibido estacionar na rua Monte Sião</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2665/ind_309-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2665/ind_309-2025.pdf</t>
   </si>
   <si>
     <t>iplantação  de Lombada</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2666/ind_310-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2666/ind_310-2025.pdf</t>
   </si>
   <si>
     <t>implantação de lombada</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2667/ind_311-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2667/ind_311-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção Asfaltica</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2670/ind_312-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2670/ind_312-2025.pdf</t>
   </si>
   <si>
     <t>Revitalização da rua do Parque Anibal Khury</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2671/ind_314-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2671/ind_314-2025.pdf</t>
   </si>
   <si>
     <t>Restauração da carreira de Segurança publica Municipal</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2672/ind_315-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2672/ind_315-2025.pdf</t>
   </si>
   <si>
     <t>Revitalização da praça Central</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2673/ind_316-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2673/ind_316-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de redutor de velocidade</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2674/ind_317-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2674/ind_317-2025.pdf</t>
   </si>
   <si>
     <t>implantação de ponto de onibus</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2675/ind_318-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2675/ind_318-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção de placas</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>instalação de lombadas</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2677/ind_320-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2677/ind_320-2025.pdf</t>
   </si>
   <si>
     <t>Pedido de Unidade de Saude</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2678/ind_321-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2678/ind_321-2025.pdf</t>
   </si>
   <si>
     <t>Pintura de Lombada e Elevadas</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2679/ind_323-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2679/ind_323-2025.pdf</t>
   </si>
   <si>
     <t>Para que seja realizado uma manutenção corretiva na via especificada abaixo</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2680/ind_324-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2680/ind_324-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção da Rua Sebastiana Lustosa de Freitas</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2681/ind_325-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2681/ind_325-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de Lombada Rua José Real Prado n° 1790 Proximo</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2682/ind_326-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2682/ind_326-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica Rua Santa Catarina Bairro Parque São Jorge</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2683/ind_327-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2683/ind_327-2025.pdf</t>
   </si>
   <si>
     <t>Roçada Rua Roberto Drecheler Bairro Tanguá</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2690/ind_328-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2690/ind_328-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica nas ruas Adão Teles Maciel, Santa Ediwirgea, Duvalino e Joaquim Felipe de Oliveira (Colônia são Venâncio)</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2691/ind_329-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2691/ind_329-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação das ruas Rio Branco do Sul (trecho 2) Contenda e João batista de Meneses no Bairro Jardim Roma</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2692/ind_330-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2692/ind_330-2025.pdf</t>
   </si>
   <si>
     <t>implantação de redutor de lombada</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2693/ind_331-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2693/ind_331-2025.pdf</t>
   </si>
   <si>
     <t>Colocação de ponto de ônibus, Bairro Tanguá</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2694/ind_332-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2694/ind_332-2025.pdf</t>
   </si>
   <si>
     <t>Pintura das Vias Publicas</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2695/ind_333-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2695/ind_333-2025.pdf</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2696/ind_334-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2696/ind_334-2025.pdf</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2697/ind_336-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2697/ind_336-2025.pdf</t>
   </si>
   <si>
     <t>Reforma telhado da Escola Municipal Astrogildo de Macedo</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2698/ind_337-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2698/ind_337-2025.pdf</t>
   </si>
   <si>
     <t>colocação de lombada elevada Rua Frederico Domingos Gulin n°70 e Rod dos Minerios km 21</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2699/ind_338-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2699/ind_338-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2700/ind_339-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2700/ind_339-2025.pdf</t>
   </si>
   <si>
     <t>Fiscalização de Sinalização</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2701/ind_340-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2701/ind_340-2025.pdf</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2702/ind_341-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2702/ind_341-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza e Roçada</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2703/ind_342-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2703/ind_342-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de lombada física no Bairro Tanguá</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2704/ind_343-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2704/ind_343-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza de bueiro no Jardim Paraiso</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2705/ind_344-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2705/ind_344-2025.pdf</t>
   </si>
   <si>
     <t>Planejamento de Obras</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2706/ind_345-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2706/ind_345-2025.pdf</t>
   </si>
   <si>
     <t>Planejamento / Obras</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2707/ind_346-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2707/ind_346-2025.pdf</t>
   </si>
   <si>
     <t>Revitalização de rua</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2714/ind_347-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2714/ind_347-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de pavimentação das Ruas Edson Roberto Mangolin, José Busato e VER. Valdir Dalazuna no Bairro Dona Belizaria.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2715/ind_348-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2715/ind_348-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação das ruas do Bairro Botiatuba</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2716/ind_349-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2716/ind_349-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção e Pintura Interna no Posto de Saude do Bairro Tangua</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2717/ind_350-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2717/ind_350-2025.pdf</t>
   </si>
   <si>
     <t>Pintura das Pontes e Poda de arvores das Pontes Vila Marta e Tingui</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2718/ind_351-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2718/ind_351-2025.pdf</t>
   </si>
   <si>
     <t>Reparação Asfaltica</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2719/ind_352-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2719/ind_352-2025.pdf</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2720/ind_353-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2720/ind_353-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de Rota de transporte escolar, no Bairro Tangua</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2721/ind_355-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2721/ind_355-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação a pavimentação de todas as vias do Jardim Oliveira</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2722/ind_356-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2722/ind_356-2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação da Rua Ari de Lara Vaz, Mato Dentro</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2723/ind_357-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2723/ind_357-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de Pontos de Onibus</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2724/ind_358-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2724/ind_358-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de Lombada _x000D_
 Rua Antonio Eduardo trevisan</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2725/ind_359-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2725/ind_359-2025.pdf</t>
   </si>
   <si>
     <t>Iluminação publica da Rua Ignacio Donaiski</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2726/ind_360-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2726/ind_360-2025.pdf</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2727/ind_361-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2727/ind_361-2025.pdf</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2728/ind_362-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2728/ind_362-2025.pdf</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2729/ind_363-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2729/ind_363-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de acostamento e calçada no Bairro Tranqueira</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2730/ind_364-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2730/ind_364-2025.pdf</t>
   </si>
   <si>
     <t>Isenção de IPTU por desastre naturais</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2731/ind_366-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2731/ind_366-2025.pdf</t>
   </si>
   <si>
     <t>Limpeza dos terminais de Onibus</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2732/ind_367-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2732/ind_367-2025.pdf</t>
   </si>
   <si>
     <t>Reforma e Revitalização de Quadra de Futebol</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2733/ind_368-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2733/ind_368-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação a construção de escadaria ou rampa de concreto na Rua Leonardo Kleina finalizando na Rua Jose Bonfim de Alcantara no bairro Bonfim</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2734/ind_369-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2734/ind_369-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de manutenção da base em concreto da Rua Almirante Barroso no Bairro Villa Grecia</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2735/ind_370-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2735/ind_370-2025.pdf</t>
   </si>
   <si>
     <t>Estudo tecnico para a ampliação do orgão municipal abaixo</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2736/ind_372-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2736/ind_372-2025.pdf</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2737/ind_373-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2737/ind_373-2025.pdf</t>
   </si>
   <si>
     <t>Notificação a Copel para extensão de rede eletrica de baixa tensão</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2738/ind_374-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2738/ind_374-2025.pdf</t>
   </si>
   <si>
     <t>Pedido de Extensão de Linha de Onibus</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2744/ind_375-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2744/ind_375-2025.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfaltico</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2745/ind_376-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2745/ind_376-2025.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2746/ind_377-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2746/ind_377-2025.pdf</t>
   </si>
   <si>
     <t>Anteprojeto de lei</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2747/ind_378-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2747/ind_378-2025.pdf</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2748/ind_379-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2748/ind_379-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção das paradas de Onibus</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2749/ind_380-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2749/ind_380-2025.pdf</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2750/ind_381-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2750/ind_381-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de Lombada</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2751/ind_382-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2751/ind_382-2025.pdf</t>
   </si>
   <si>
     <t>Redutor de Lombada</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2752/ind_384-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2752/ind_384-2025.pdf</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2753/ind_385-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2753/ind_385-2025.pdf</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2754/ind_386-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2754/ind_386-2025.pdf</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2755/ind_387-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2755/ind_387-2025.pdf</t>
   </si>
   <si>
     <t>Reparação asfaltica</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2756/ind_388-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2756/ind_388-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de Rota Escolar Bairro Tangua</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2757/ind_389-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2757/ind_389-2025.pdf</t>
   </si>
   <si>
     <t>Criação do Concurso Mis Mirim da Festa do morango</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2758/ind_392-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2758/ind_392-2025.pdf</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2759/ind_393-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2759/ind_393-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção asfaltica</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2760/ind_394-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2760/ind_394-2025.pdf</t>
   </si>
   <si>
     <t>Calçamento de Rua</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2761/ind_395-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2761/ind_395-2025.pdf</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2780/ind_397-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2780/ind_397-2025.pdf</t>
   </si>
   <si>
     <t>melhoria de via</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2781/ind_398-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2781/ind_398-2025.pdf</t>
   </si>
   <si>
     <t>isençao de iptu</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2782/ind_399-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2782/ind_399-2025.pdf</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2783/ind_400-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2783/ind_400-2025.pdf</t>
   </si>
   <si>
     <t>implantação da campanha novembrinho azul</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2784/ind_401-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2784/ind_401-2025.pdf</t>
   </si>
   <si>
     <t>manutenção de rua</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2785/ind_402-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2785/ind_402-2025.pdf</t>
   </si>
   <si>
     <t>lombada elevada</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2576/pdl_004-2025_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2576/pdl_004-2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar no orçamento vigente da Câmara Municipal de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2598/pdl_005-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2598/pdl_005-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Outorga a ilustríssima Senhora Viviane Salete Rodrigues Colodel o título de cidadã honorária de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2689/pld_008-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2689/pld_008-2025.pdf</t>
   </si>
   <si>
     <t>Outorga ao ilustríssimo Senhor José Ribeiro o título de Cidadão Honorário de Almirante Tamandaré</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2743/pdl_009-2025_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2743/pdl_009-2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Outorga a Ilustríssima  Senhora Patricia Luciane Santos Lima o título de Cidadã Honorária de Almirante Tamandaré</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2742/pdl_010-2025_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2742/pdl_010-2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Mantém o veto do Chefe do Executivo Municipal ao Projeto de Lei nº. 026/2025. “Institui a Feira Livre do Brechó no Município de Almirante Tamandaré e estabelece diretrizes para a sua organização e funcionamento”.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2778/pdl_011-2025_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2778/pdl_011-2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar no orçamento vigente da Câmara Municipal de Almirante Tamandaré”.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2741/pelo_002-2025.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2741/pelo_002-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 62 Regimento Interno, e dá outras providencias</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Daniel Lovato</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2316/plc_001-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2316/plc_001-2025_executivo.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Complementar 47/2015 e a Lei Complementar 100/2021, cria o anexo XVII da Lei Complementar 20/2011, e dá outras providências”.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2383/plc_002-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2383/plc_002-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 87/2019, amplia o número de vagas para o cargo de professor da Educação Básica 40 horas, e dá outras providências.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2384/plc_003-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2384/plc_003-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 100/2021, Lei Complementar 20/2011, amplia o número de vagas, e dá outras providências.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2408/plc_004-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2408/plc_004-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera o Inciso I do art. 261 da Lei Complementar nº 78/2018 de 12 de dezembro de 2018, quanto a observância de distância mínima entre postos de abastecimentos de combustíveis e serviços e dá outras providências.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2386/plc_005-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2386/plc_005-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 111, de 16 de outubro de 2023, prorroga o prazo da referida lei e dá outras providências.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2387/plc_006-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2387/plc_006-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei Complementar nº 78, de 12 de dezembro de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2525/plc_007-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2525/plc_007-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição da perda do poder aquisitivo dos servidores públicos municipais no período de maio de 2024 a abril de 2025.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2537/plc_008-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2537/plc_008-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição da perda do poder aquisitivo dos servidores públicos municipais referente aos meses de março e abril de 2024.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2557/plc_009-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2557/plc_009-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Fica revogada a Lei Complementar nº 119 de 10 de abril de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 20/2011</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2684/plc_011-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2684/plc_011-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 106/2022, amplia o escopo da aplicação dos recursos da COSIP, e dá outras providências</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2709/plc_012-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2709/plc_012-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 106/2022, amplia o escopo da aplicação dos recursos da COSIP,e dá outras providências”.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2710/plc_013-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2710/plc_013-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a planta Genérica de valores (PGV), para lançamento e cobrança dos impostos imobiliários, disciplina fórmula de cálculo estabelece parâmetros e classificação das edificações altera dispositivos do código tributário do município de almirante tamandaré e dá outras providências.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2774/plc_014-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2774/plc_014-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar N° 014/2025 de autoria do poder Executivo assinado pelo excelentíssimo senhor Prefeito Daniel Lovato com a seguinte súmula: “Institui regulamenta e organiza a Procuradoria-Geral do Município de Almirante Tamandaré, altera a nomenclatura do cargo de Advogado para Procurador Municipal, institui o plano de carreira e vencimentos dos Procuradores Municipais e dá outras providências”</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2771/plc_015-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2771/plc_015-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar N° 015/2025 de autoria do poder Executivo assinado pelo excelentíssimo senhor Prefeito Daniel Lovato com a seguinte súmula: “Altera a Lei Complementar 23/2012, 098/2021, e a Lei Complementar 100/2021, e dá outras providências</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar N° 016/2025 de autoria do poder Executivo assinado pelo excelentíssimo senhor Prefeito Daniel Lovato com a seguinte súmula: “Altera a Lei Complementar 100/2021, cria o anexo XVIII da Lei complementar nº 20/2011, e dá outras providências”.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2776/plc_017-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2776/plc_017-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Lei Complementar N° 017/2025 de autoria do poder Executivo assinado pelo excelentíssimo senhor Prefeito Daniel Lovato com a seguinte súmula: “Dispõe sobre a Regulamentação Urbanística dos Sistemas de Transporte Urbano de Passageiros, com ênfase no modal por cabos, no âmbito do Município de Almirante Tamandaré, e dá outras Providências”</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2777/plc_018-2025_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2777/plc_018-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar 018/2025_x000D_
 “ Cria cargo de Professor  de Língua Moderna - Inglês; altera a Lei Complementar 087/2019 e dá outras providências”.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/pl_001-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/pl_001-25_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reorganização Administrativa do Poder Executivo do Município de Almirante Tamandaré, e dá outras providências.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2310/pl_002-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2310/pl_002-25_executivo.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a ceder em comodato para a Associação dos Servidores do Município de Almirante Tamandaré - ASSEMAT, a área de terras que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2311/pl_003-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2311/pl_003-25_executivo.pdf</t>
   </si>
   <si>
     <t>“Altera o inciso I, do art. 1º da Lei Ordinária Municipal nº 566, de 01 de dezembro de 1997, e dá outras providências”.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2312/pl_004-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2312/pl_004-25_executivo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Plano de Custeio do Regime Próprio de Previdência Social dos Servidores do Município de Almirante Tamandaré, e dá outras providências”.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2313/pl_005-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2313/pl_005-25_executivo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a complementação salarial para os profissionais do magistério que recebem valor de vencimento inferior ao piso salarial da categoria”.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2314/pl_006-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2314/pl_006-25_executivo.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei 2.498/2025 de 07 de janeiro de 2025 e dá outras providências”.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2315/pl_007-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2315/pl_007-25_executivo.pdf</t>
   </si>
   <si>
     <t>“Altera e dá nova redação ao inciso II e ao Parágrafo Único do art. 9º da lei 1.972/2017 de 01 de junho de 2017 e dá outras providências”.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2346/pl_008-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2346/pl_008-25_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1250 de 29 de maio de 2007 e dá outras providências.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2382/pl_009-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2382/pl_009-25_executivo.pdf</t>
   </si>
   <si>
     <t>Inclui endereços de Escolas Municipais na Lei Ordinária Municipal nº 566, de 01 de dezembro de 1997, e dá outras providências.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2426/pl_010-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2426/pl_010-25_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 47, da Lei Ordinária 2498/2025, de 08 de janeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2427/pl_011-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2427/pl_011-25_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração da LOA para realocação de dotações orçamentárias destinadas à Atividade Manutenção com Ações da Juventude, e dá outras providências.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2428/pl_012-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2428/pl_012-25_executivo.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2466/pl_013-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2466/pl_013-25_executivo.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções e autoriza o ingresso do Município de Almirante Tamandaré no Consórcio Intermunicipal das Guardas Municipais de Curitiba e Região Metropolitana - COIN-GM e dá outras providências.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2467/pl_014-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2467/pl_014-25_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1979 de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2468/pl_015-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2468/pl_015-25_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1999, de 30 de agosto de 2017, a qual dispõe sobre a edificação de Conjuntos Residenciais no Município, especialmente quanto à sistematização de contrapartidas urbanísticas, e dá outras providências.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2469/pl_016-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2469/pl_016-25_executivo.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2507/pl_017-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2507/pl_017-25_executivo.pdf</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2523/pl_018-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2523/pl_018-25_executivo.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao próprio público que especifica. Fica denominada Central de Transporte Escolar Especial Oilson Cordeiro (CISSO).</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2524/pl_019-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2524/pl_019-25_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2239, de 19 de maio de 2021, que autoriza o Poder Executivo Municipal a doar mudas de Morango aos Agricultores do município de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2558/pl_020-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2558/pl_020-25_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operação de crédito junto a Agência de Fomento do Paraná S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2578/pl_021-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2578/pl_021-25_executivo.pdf</t>
   </si>
   <si>
     <t>Prorroga o Plano Municipal de Educação - PME regulamentado pela Lei Ordinária Municipal nº 1842 de 23 de junho de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2590/pl_023-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2590/pl_023-25_executivo.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2621/pl_024-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2621/pl_024-25_executivo.pdf</t>
   </si>
   <si>
     <t>“Altera a lei 2.498/2025 de 07 de janeiro de 2025, alterando a nomenclatura e competências de secretaria municipal e dá outras providências</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2635/pl_025-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2635/pl_025-25_executivo.pdf</t>
   </si>
   <si>
     <t>A finalidade de formalizar a constituição e adequação do Consorcio Intersetores Paraná Saúde</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2644/pl_026-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2644/pl_026-25_executivo.pdf</t>
   </si>
   <si>
     <t>Bibliotecas Municipais do Município</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2687/pl_027-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2687/pl_027-25_executivo.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao próprio público que especifica". Fica denominada. Casa da Memória João Roque Tozin</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2668/pl_028-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2668/pl_028-25_executivo.pdf</t>
   </si>
   <si>
     <t>Da denominação a logradouro publico que especifica. Extensão da rua Salvador</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2772/pl_029-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2772/pl_029-25_executivo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N° 029/2025 de autoria do poder Executivo assinado pelo excelentíssimo senhor Prefeito Daniel Lovato com a seguinte súmula: “Dispõe sobre o Plano Plurianual do Município de Almirante Tamandaré para o quadriênio 2026 a 2029, e dá outras providências”</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2773/pl_030-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2773/pl_030-25_executivo.pdf</t>
   </si>
   <si>
     <t>Lei N° 030/2025 de autoria do poder Executivo assinado pelo excelentíssimo senhor Prefeito Daniel Lovato com a seguinte súmula: “Dispõe sobre as diretrizes para a elaboração da lei de Diretrizes Orçamentárias do Município de Almirante Tamandaré para o exercício de 2026, e dá outras providências”</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2766/pl_033-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2766/pl_033-25_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 127/1991, Lei n° 2346/2022 e dispõe sobre o reajuste da remuneração dos membros do conselho tutelar de Almirante Tamandaré</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2767/pl_034-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2767/pl_034-25_executivo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N° 034/2025 de autoria do poder Executivo assinado pelo excelentíssimo senhor Prefeito Daniel Lovato com a seguinte súmula: “Abre Crédito Adicional Especial e dá outras providências”</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2768/pl_035-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2768/pl_035-25_executivo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N° 035/2025 de autoria do poder Executivo assinado pelo excelentíssimo senhor Prefeito Daniel Lovato com a seguinte súmula: “Autoriza a adesão do Município de Almirante Tamandaré ao Consórcio Intermunicipal das Guardas Municipais da Região Metropolitana de Curitiba, nos termos da Lei Federal nº 11.107, de 6 de abril de 2005 e Decreto Federal nº 6.017, de 17 de janeiro de 2007</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2769/pl_036-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2769/pl_036-25_executivo.pdf</t>
   </si>
   <si>
     <t>Lei N° 036/2025 de autoria do poder Executivo assinado pelo excelentíssimo senhor Prefeito Daniel Lovato com a seguinte súmula: “Dispõe sobre a proteção , preservação e valorização do património cultural, natural e imaterial do Município de almirante Tamandaré; institui o conselho Municipal do Patrimônio cultural e imaterial - COMPACI, o fundo Municipal de Proteção do Patrimônio Cultural e imaterial; Revoga a Lei 1497/2010 e dá outras providências</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>Projeto de Lei N° 037/2025 de autoria do poder Executivo assinado pelo excelentíssimo senhor Prefeito Daniel Lovato com a seguinte súmula: “Altera o Art. 11 da Lei n° 2.138/2019, que institui o Conselho Municipal de Promoção Da igualdade Racial - Compir e o Fundo de Promoção da Igualdade Racial de Almirante Tamandaré”</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2294/pl_002-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2294/pl_002-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos na Lei Municipal nº 2.301/2022, que 'dispõe sobre a estrutura organizacional e administrativa da Câmara Municipal de Almirante Tamandaré; revoga as Leis 2026/2017, 2058/2018 e dá outras providências', e dá outras providências.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2295/pl_003-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2295/pl_003-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º da Lei Municipal nº 2.300/2022, que 'dispõe sobre a criação de cargos de provimento em comissão junto aos Gabinetes Parlamentares dos Vereadores; revoga as leis 1948/2017/ 2252/2021 e dá outras providências', e dá outras providências.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2319/pl_004-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2319/pl_004-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica. Altera a Lei nº 674/1999 de 02 de julho de 1999”.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2320/pl_005-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2320/pl_005-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica. Fica denominada Rua Lourival de França”.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2321/pl_006-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2321/pl_006-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dá denominação ao próprio público que especifica. Fica denominado Espaço em Saúde Higino Alves de Godoi Pizzi, na Unidade de Saúde Iram Antonio Scarpini, no Bairro São Felipe”.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2317/pl_007-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2317/pl_007-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de diárias de viagens aos servidores públicos e vereadores da Câmara Municipal de Almirante Tamandaré, Estado do Paraná e dá outras providências”</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2381/pl_009-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2381/pl_009-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Luciane Regina Ribeiro de Oliveira.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2449/pl_010-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2449/pl_010-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera o caput do Art. 6º da Lei Municipal nº 2.508/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2488/pl_011-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2488/pl_011-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade de alinhamento, manutenção e remoção de cabos e fiação aérea excedentes ou sem uso, instalados por empresas concessionárias de serviço público de distribuição de energia elétrica, prestadoras de serviços de telefonia, televisão a cabo, internet ou qualquer outro serviço relacionado ao uso de rede de cabos ou fiação aérea no Município de Almirante Tamandaré/PR, e dá outras providências”.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2510/pl_012-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2510/pl_012-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Nossa Senhora da Luz</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2511/pl_013-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2511/pl_013-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Alberto Frei.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2538/pl_014-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2538/pl_014-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera o Parágrafo 4º do art. 5º Municipal nº 2.301/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2522/pl_015-25_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2522/pl_015-25_executivo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua XV de Novembro.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2574/pl_016-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2574/pl_016-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Valdomiro Cicero Freire.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2575/pl_018-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2575/pl_018-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a recomposição da perda do poder aquisitivo dos Servidores Públicos da Câmara Municipal de Almirante Tamandaré referente aos meses de março de 2024 a abril de 2025".</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2591/pl_020-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2591/pl_020-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera as Leis Municipais nº 1.597/2011 e nº 2.510/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>Amauri Lovato e Polaco</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2592/pl_022-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2592/pl_022-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Rua Vitor Henrique de Camargo.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2655/pl_023-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2655/pl_023-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Rua Albino Lameck Filho</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2645/pl_024-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2645/pl_024-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1063 de 2004</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2656/pl_025-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2656/pl_025-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Rua Marcelo Muraro</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2669/pl_026-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2669/pl_026-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui Feira Livre do Brechó no Município de Almirante Tamandaré e estabelece diretrizes para sua organização e funcionamento</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2685/pl_028-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2685/pl_028-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Da denominação a logradouro público que especifica: Rua José Kucla</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2686/pl_029-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2686/pl_029-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Da denominação a logradouro público que especifica, Rua Pedro Bini</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2711/pl_030-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2711/pl_030-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica Rua Tereza Graboski Goinski</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2712/pl_031-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2712/pl_031-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui no calendário Oficial de Eventos do Município de Almirante Tamandaré o Dia Municipal de Conscientização sobre as Experiências Adversas na Infância</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2713/pl_032-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2713/pl_032-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o Dia dos Profissionais da Construção Civil no Município de Almirante Tamandaré e dá outras providências</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2740/pl_033-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2740/pl_033-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica Rua Zeni Siqueira Costa”</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2762/pl_034-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2762/pl_034-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos de Lei Municipal n° 2.301/2022 e na Lei Municipal n° 2,300/2022, e dá outras providências</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2763/pl_035-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2763/pl_035-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 488/96 de 10 de Julho de 1996.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2764/pl_036-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2764/pl_036-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui a Data do Dia de Ação de Graças no calendário Municipal</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2765/pl_037-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2765/pl_037-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Logradouro Público que especifica, RUA EMILIO LOURENÇO</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2318/pres_001-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2318/pres_001-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>“Institui Comissão Especial para representar a Câmara Municipal de Almirante Tamandaré no Encontro de Novos Prefeitos e Prefeitas Governo Federal, Fortalecendo os Municípios de 11 a 13 de fevereiro de 2025. Brasília - Distrito Federal”.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2450/pres_004-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2450/pres_004-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui Comissão Especial para representar a Câmara Municipal de Almirante Tamandaré da XXIV Marcha dos Gestores e Legislativos Municipais de 22 a 25 de abril de 2025 na cidade de Brasília - Distrito Federal.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2521/pres_006-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2521/pres_006-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui Comissão Especial para representar a Câmara Municipal de Almirante Tamandaré na 'XXVI Marcha a Brasília em Defesa dos Municípios' de 19 a 22 de maio de 2025 na cidade de Brasília - Distrito Federal.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2559/pres_007-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2559/pres_007-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Regulamenta o acesso à informação pública no âmbito do Poder Legislativo Municipal de Almirante Tamandaré, nos termos da Lei Federal nº 12.527, de 18 de novembro de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2560/pres_008-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2560/pres_008-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Geral de Proteção de Dados no âmbito da Câmara Municipal de Almirante Tamandaré e dá outras providências.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2571/requerimento_001-25.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2571/requerimento_001-25.pdf</t>
   </si>
   <si>
     <t>Vereador Polaco.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2572/requerimento_002-2025_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2572/requerimento_002-2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2573/requerimento_003-2025_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2573/requerimento_003-2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção Honrosa</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_honrosa_001-25.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_honrosa_001-25.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa e Congratulação - Cristian Raphael da Silva Fernandes Medeiros.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2508/mocao_honrosa_002-25.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2508/mocao_honrosa_002-25.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa e Congratulação - Samuel de Carvalho</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>Moção Honrosa e Congratulação para os educandos.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2688/mocao_013.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2688/mocao_013.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2347/mocao_de_pesar_001-25.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2347/mocao_de_pesar_001-25.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar - Mell Gabriele Lisboa</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2385/mocao_de_pesar_002-25.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2385/mocao_de_pesar_002-25.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar - Fabio Pedroso - Fabinho da Timoneira.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2577/mocao_de_pesar_004-25.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2577/mocao_de_pesar_004-25.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da menina Manoele Carneiro.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2708/mocao-005.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2708/mocao-005.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Kevan Gillies</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2779/mocao_de_pesar__006-20205.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2779/mocao_de_pesar__006-20205.pdf</t>
   </si>
   <si>
     <t>Moção Pesar a familia Kokot</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>MOCAO</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2509/mocao_de_repudio_001-25.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2509/mocao_de_repudio_001-25.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio - Sanepar.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda ao Regimento Interno</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2610/emenda_01-25_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2610/emenda_01-25_-_legislativo.pdf</t>
   </si>
   <si>
     <t>“Acrescenta o inciso IV ao parágrafo único do art. 47 e cria o Art. 79-A na Resolução nº 01/2023, que dispõe sobre o Regimento Interno da Câmara Municipal de Almirante Tamandaré, para incluir a Comissão Permanente Segurança, Ordem Pública e Cidadania, dispor sobre suas competências e dá outras providencias”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5619,67 +5619,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2297/ind_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2298/ind_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2299/ind_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2300/ind_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2301/ind_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2302/ind_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2303/ind_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2304/ind_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2305/ind_012-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2306/ind_013-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2307/ind_014-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2308/ind_015-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2309/ind_016-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2322/ind_017-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2323/ind_018-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2324/ind_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2325/ind_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2326/ind_021-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2327/ind_022-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2328/ind_023-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2329/ind_024-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2330/ind_025-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2333/ind_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2332/ind_027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2334/ind_028-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2335/ind_029-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2336/ind_030-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2337/ind_031-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2338/ind_032-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2339/ind_033-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2340/ind_034-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2341/ind_035-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2342/ind_036-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2343/ind_037-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2344/ind_038-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2345/ind_039-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2348/ind_040-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2349/ind_041-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2350/ind_042-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2351/ind_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2352/ind_044-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2353/ind_045-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2354/ind_046-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2355/ind_047-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2356/ind_048-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2357/ind_049-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2358/ind_050-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2359/ind_051-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2360/ind_052-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2361/ind_053-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2362/ind_054-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2363/ind_055-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2364/ind_056-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2365/ind_057-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2366/ind_058-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2367/ind_059-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2368/ind_060-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2369/ind_061-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2370/ind_062-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2371/ind_063-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2372/ind_064-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2373/ind_065-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2374/ind_066-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2376/ind_068-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2377/ind_069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2378/ind_070-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2379/ind_071-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2380/ind_072-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2388/ind_073-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2389/ind_074-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2390/ind_075-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2391/ind_076-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2392/ind_077-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2393/ind_078-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2394/ind_079-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2395/ind_080-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2396/ind_081-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2397/ind_082-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2398/ind_083-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2399/ind_084-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2400/ind_085-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2401/ind_086-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2402/ind_087-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2403/ind_088-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2404/ind_089-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2405/ind_090-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2406/ind_091-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2407/ind_092-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2409/ind_093-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2410/ind_094-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2411/ind_095-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2412/ind_096-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2413/ind_097-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2414/ind_098-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2415/ind_099-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2416/ind_100-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2417/ind_101-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2418/ind_102-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2419/ind_103-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2420/ind_104-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2421/ind_105-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2422/ind_106-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2423/ind_107-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2424/ind_108-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2430/ind_109-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2431/ind_110-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2432/ind_111-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2433/ind_112-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2434/ind_113-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2435/ind_114-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2436/ind_115-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2437/ind_116-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2438/ind_117-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2439/ind_118-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2440/ind_119-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2441/ind_120-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2442/ind_121-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2443/ind_122-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2444/ind_123-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2445/ind_124-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2446/ind_125-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_126-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2448/ind_128-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2451/ind_129-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2452/ind_130-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2453/ind_131-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2454/ind_132-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2455/ind_133-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2456/ind_134-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2457/ind_135-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_136-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2459/ind_137-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2460/ind_138-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2461/ind_140-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2462/ind_141-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2463/ind_142-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_143-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2465/ind_144-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2470/ind_146-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2471/ind_147-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2472/ind_148-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2473/ind_149-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2474/ind_150-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2475/ind_151-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2476/ind_152-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2477/ind_154-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2478/ind_155-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2479/ind_156-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2480/ind_157-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2481/ind_157-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2482/ind_159-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2483/ind_160-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2484/ind_161-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2485/ind_163-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2486/ind_164-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2487/ind_165-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_166-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_167-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2491/ind_169-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2492/ind_170-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2493/ind_171-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2494/ind_172-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2495/ind_173-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2496/ind_174-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2497/ind_176-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2498/ind_177-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2499/ind_179-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2500/ind_180-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_181-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2502/ind_182-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2503/ind_183-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2504/ind_184-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2505/ind_185-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2506/ind_186-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2514/ind_187-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2513/ind_188-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2512/ind_187-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2515/ind_190-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2517/ind_194-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2518/ind_195-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2520/ind_197-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2526/ind_198-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2527/ind_199-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2531/ind_200-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2530/ind_201-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2630/ind_202-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2529/ind_203-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2536/ind_205-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2528/ind_206-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2532/ind_207-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2533/ind_208-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2534/ind_209-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2539/ind_210-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2540/ind_211-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_212-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2542/ind_213-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2543/ind_214-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2544/ind_215-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2545/ind_216-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2546/ind_217-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2547/ind_218-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2548/ind_220-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2549/ind_221-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2550/ind_222-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2551/ind_223-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2552/ind_224-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2553/ind_225-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2554/ind_226-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2555/ind_227-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2556/ind_228-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2561/ind_229-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2562/ind_230-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2563/ind_231-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2564/ind_232-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2565/ind_233-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2566/ind_234-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2567/ind_235-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2568/ind_236-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2569/ind_237-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2570/ind_238-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2579/ind_239-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2580/ind_240-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2581/ind_241-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2582/ind_242-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2583/ind_243-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2584/ind_244-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2585/ind_245-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_247-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2588/ind_248-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_249-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2593/ind_250-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2594/ind_251-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2595/ind_252-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2596/ind_254-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2597/ind_255-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2602/ind_256-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2603/ind_257-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2604/ind_258-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2605/ind_259-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2606/ind_260-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2607/ind_261-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2608/ind_262-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2612/ind_265-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2613/ind_266-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2614/ind_267-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2615/ind_268-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2616/ind_269-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2617/ind_270-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2618/ind_271-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2619/ind_272-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2620/ind_273-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2623/ind_274-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2625/ind_275-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2624/ind_276-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2626/ind_277-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2627/ind_278-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2631/ind_280-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2632/ind_281-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2633/ind_282-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2634/ind_284-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2636/ind_285-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2637/ind_286-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2638/ind_287-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2640/ind_289-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2641/ind_290-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2642/ind_291-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2643/ind_292-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2646/ind_293-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2647/ind_294-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2648/ind_295-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2649/ind_296-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2650/ind_297-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2651/ind_298-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2652/ind_299-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2653/ind_300-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2654/ind_301-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2658/ind_302-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2659/ind_303-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2660/ind_304-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2661/ind_305-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2663/ind_307-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2664/ind_308-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2665/ind_309-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2666/ind_310-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2667/ind_311-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2670/ind_312-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2671/ind_314-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2672/ind_315-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2673/ind_316-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2674/ind_317-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2675/ind_318-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2677/ind_320-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2678/ind_321-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2679/ind_323-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2680/ind_324-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2681/ind_325-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2682/ind_326-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2683/ind_327-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2690/ind_328-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2691/ind_329-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2692/ind_330-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2693/ind_331-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2694/ind_332-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2695/ind_333-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2696/ind_334-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2697/ind_336-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2698/ind_337-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2699/ind_338-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2700/ind_339-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2701/ind_340-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2702/ind_341-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2703/ind_342-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2704/ind_343-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2705/ind_344-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2706/ind_345-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2707/ind_346-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2714/ind_347-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2715/ind_348-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2716/ind_349-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2717/ind_350-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2718/ind_351-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2719/ind_352-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2720/ind_353-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2721/ind_355-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2722/ind_356-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2723/ind_357-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2724/ind_358-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2725/ind_359-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2726/ind_360-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2727/ind_361-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2728/ind_362-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2729/ind_363-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2730/ind_364-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2731/ind_366-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2732/ind_367-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2733/ind_368-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2734/ind_369-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2735/ind_370-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2736/ind_372-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2737/ind_373-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2738/ind_374-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2744/ind_375-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2745/ind_376-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2746/ind_377-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2747/ind_378-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2748/ind_379-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2749/ind_380-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2750/ind_381-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2751/ind_382-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2752/ind_384-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2753/ind_385-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2754/ind_386-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2755/ind_387-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2756/ind_388-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2757/ind_389-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2758/ind_392-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2759/ind_393-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2760/ind_394-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2761/ind_395-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2780/ind_397-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2781/ind_398-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2782/ind_399-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2783/ind_400-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2784/ind_401-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2785/ind_402-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2576/pdl_004-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2598/pdl_005-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2689/pld_008-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2743/pdl_009-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2742/pdl_010-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2778/pdl_011-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2741/pelo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2316/plc_001-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2383/plc_002-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2384/plc_003-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2408/plc_004-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2386/plc_005-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2387/plc_006-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2525/plc_007-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2537/plc_008-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2557/plc_009-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2684/plc_011-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2709/plc_012-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2710/plc_013-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2774/plc_014-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2771/plc_015-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2776/plc_017-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2777/plc_018-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/pl_001-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2310/pl_002-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2311/pl_003-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2312/pl_004-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2313/pl_005-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2314/pl_006-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2315/pl_007-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2346/pl_008-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2382/pl_009-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2426/pl_010-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2427/pl_011-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2428/pl_012-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2466/pl_013-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2467/pl_014-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2468/pl_015-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2469/pl_016-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2507/pl_017-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2523/pl_018-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2524/pl_019-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2558/pl_020-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2578/pl_021-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2590/pl_023-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2621/pl_024-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2635/pl_025-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2644/pl_026-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2687/pl_027-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2668/pl_028-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2772/pl_029-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2773/pl_030-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2766/pl_033-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2767/pl_034-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2768/pl_035-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2769/pl_036-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2294/pl_002-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2295/pl_003-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2319/pl_004-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2320/pl_005-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2321/pl_006-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2317/pl_007-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2381/pl_009-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2449/pl_010-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2488/pl_011-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2510/pl_012-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2511/pl_013-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2538/pl_014-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2522/pl_015-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2574/pl_016-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2575/pl_018-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2591/pl_020-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2592/pl_022-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2655/pl_023-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2645/pl_024-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2656/pl_025-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2669/pl_026-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2685/pl_028-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2686/pl_029-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2711/pl_030-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2712/pl_031-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2713/pl_032-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2740/pl_033-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2762/pl_034-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2763/pl_035-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2764/pl_036-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2765/pl_037-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2318/pres_001-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2450/pres_004-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2521/pres_006-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2559/pres_007-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2560/pres_008-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2571/requerimento_001-25.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2572/requerimento_002-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2573/requerimento_003-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_honrosa_001-25.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2508/mocao_honrosa_002-25.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2688/mocao_013.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2347/mocao_de_pesar_001-25.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2385/mocao_de_pesar_002-25.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2577/mocao_de_pesar_004-25.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2708/mocao-005.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2779/mocao_de_pesar__006-20205.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2509/mocao_de_repudio_001-25.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2610/emenda_01-25_-_legislativo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2297/ind_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2298/ind_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2299/ind_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2300/ind_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2301/ind_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2302/ind_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2303/ind_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2304/ind_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2305/ind_012-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2306/ind_013-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2307/ind_014-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2308/ind_015-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2309/ind_016-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2322/ind_017-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2323/ind_018-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2324/ind_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2325/ind_019-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2326/ind_021-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2327/ind_022-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2328/ind_023-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2329/ind_024-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2330/ind_025-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2333/ind_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2332/ind_027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2334/ind_028-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2335/ind_029-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2336/ind_030-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2337/ind_031-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2338/ind_032-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2339/ind_033-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2340/ind_034-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2341/ind_035-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2342/ind_036-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2343/ind_037-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2344/ind_038-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2345/ind_039-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2348/ind_040-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2349/ind_041-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2350/ind_042-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2351/ind_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2352/ind_044-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2353/ind_045-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2354/ind_046-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2355/ind_047-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2356/ind_048-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2357/ind_049-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2358/ind_050-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2359/ind_051-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2360/ind_052-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2361/ind_053-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2362/ind_054-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2363/ind_055-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2364/ind_056-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2365/ind_057-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2366/ind_058-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2367/ind_059-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2368/ind_060-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2369/ind_061-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2370/ind_062-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2371/ind_063-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2372/ind_064-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2373/ind_065-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2374/ind_066-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2376/ind_068-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2377/ind_069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2378/ind_070-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2379/ind_071-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2380/ind_072-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2388/ind_073-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2389/ind_074-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2390/ind_075-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2391/ind_076-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2392/ind_077-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2393/ind_078-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2394/ind_079-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2395/ind_080-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2396/ind_081-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2397/ind_082-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2398/ind_083-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2399/ind_084-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2400/ind_085-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2401/ind_086-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2402/ind_087-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2403/ind_088-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2404/ind_089-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2405/ind_090-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2406/ind_091-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2407/ind_092-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2409/ind_093-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2410/ind_094-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2411/ind_095-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2412/ind_096-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2413/ind_097-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2414/ind_098-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2415/ind_099-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2416/ind_100-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2417/ind_101-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2418/ind_102-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2419/ind_103-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2420/ind_104-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2421/ind_105-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2422/ind_106-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2423/ind_107-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2424/ind_108-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2430/ind_109-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2431/ind_110-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2432/ind_111-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2433/ind_112-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2434/ind_113-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2435/ind_114-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2436/ind_115-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2437/ind_116-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2438/ind_117-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2439/ind_118-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2440/ind_119-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2441/ind_120-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2442/ind_121-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2443/ind_122-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2444/ind_123-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2445/ind_124-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2446/ind_125-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_126-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2448/ind_128-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2451/ind_129-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2452/ind_130-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2453/ind_131-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2454/ind_132-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2455/ind_133-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2456/ind_134-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2457/ind_135-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_136-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2459/ind_137-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2460/ind_138-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2461/ind_140-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2462/ind_141-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2463/ind_142-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_143-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2465/ind_144-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2470/ind_146-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2471/ind_147-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2472/ind_148-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2473/ind_149-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2474/ind_150-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2475/ind_151-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2476/ind_152-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2477/ind_154-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2478/ind_155-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2479/ind_156-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2480/ind_157-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2481/ind_157-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2482/ind_159-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2483/ind_160-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2484/ind_161-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2485/ind_163-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2486/ind_164-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2487/ind_165-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_166-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_167-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2491/ind_169-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2492/ind_170-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2493/ind_171-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2494/ind_172-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2495/ind_173-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2496/ind_174-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2497/ind_176-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2498/ind_177-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2499/ind_179-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2500/ind_180-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_181-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2502/ind_182-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2503/ind_183-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2504/ind_184-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2505/ind_185-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2506/ind_186-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2514/ind_187-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2513/ind_188-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2512/ind_187-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2515/ind_190-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2517/ind_194-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2518/ind_195-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2520/ind_197-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2526/ind_198-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2527/ind_199-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2531/ind_200-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2530/ind_201-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2630/ind_202-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2529/ind_203-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2536/ind_205-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2528/ind_206-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2532/ind_207-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2533/ind_208-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2534/ind_209-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2539/ind_210-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2540/ind_211-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_212-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2542/ind_213-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2543/ind_214-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2544/ind_215-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2545/ind_216-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2546/ind_217-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2547/ind_218-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2548/ind_220-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2549/ind_221-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2550/ind_222-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2551/ind_223-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2552/ind_224-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2553/ind_225-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2554/ind_226-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2555/ind_227-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2556/ind_228-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2561/ind_229-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2562/ind_230-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2563/ind_231-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2564/ind_232-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2565/ind_233-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2566/ind_234-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2567/ind_235-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2568/ind_236-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2569/ind_237-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2570/ind_238-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2579/ind_239-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2580/ind_240-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2581/ind_241-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2582/ind_242-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2583/ind_243-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2584/ind_244-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2585/ind_245-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_247-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2588/ind_248-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_249-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2593/ind_250-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2594/ind_251-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2595/ind_252-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2596/ind_254-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2597/ind_255-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2602/ind_256-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2603/ind_257-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2604/ind_258-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2605/ind_259-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2606/ind_260-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2607/ind_261-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2608/ind_262-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2612/ind_265-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2613/ind_266-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2614/ind_267-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2615/ind_268-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2616/ind_269-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2617/ind_270-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2618/ind_271-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2619/ind_272-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2620/ind_273-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2623/ind_274-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2625/ind_275-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2624/ind_276-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2626/ind_277-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2627/ind_278-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2631/ind_280-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2632/ind_281-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2633/ind_282-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2634/ind_284-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2636/ind_285-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2637/ind_286-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2638/ind_287-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2640/ind_289-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2641/ind_290-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2642/ind_291-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2643/ind_292-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2646/ind_293-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2647/ind_294-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2648/ind_295-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2649/ind_296-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2650/ind_297-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2651/ind_298-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2652/ind_299-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2653/ind_300-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2654/ind_301-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2658/ind_302-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2659/ind_303-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2660/ind_304-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2661/ind_305-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2663/ind_307-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2664/ind_308-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2665/ind_309-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2666/ind_310-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2667/ind_311-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2670/ind_312-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2671/ind_314-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2672/ind_315-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2673/ind_316-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2674/ind_317-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2675/ind_318-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2677/ind_320-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2678/ind_321-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2679/ind_323-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2680/ind_324-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2681/ind_325-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2682/ind_326-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2683/ind_327-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2690/ind_328-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2691/ind_329-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2692/ind_330-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2693/ind_331-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2694/ind_332-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2695/ind_333-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2696/ind_334-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2697/ind_336-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2698/ind_337-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2699/ind_338-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2700/ind_339-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2701/ind_340-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2702/ind_341-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2703/ind_342-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2704/ind_343-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2705/ind_344-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2706/ind_345-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2707/ind_346-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2714/ind_347-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2715/ind_348-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2716/ind_349-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2717/ind_350-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2718/ind_351-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2719/ind_352-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2720/ind_353-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2721/ind_355-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2722/ind_356-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2723/ind_357-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2724/ind_358-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2725/ind_359-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2726/ind_360-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2727/ind_361-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2728/ind_362-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2729/ind_363-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2730/ind_364-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2731/ind_366-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2732/ind_367-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2733/ind_368-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2734/ind_369-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2735/ind_370-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2736/ind_372-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2737/ind_373-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2738/ind_374-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2744/ind_375-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2745/ind_376-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2746/ind_377-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2747/ind_378-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2748/ind_379-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2749/ind_380-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2750/ind_381-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2751/ind_382-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2752/ind_384-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2753/ind_385-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2754/ind_386-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2755/ind_387-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2756/ind_388-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2757/ind_389-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2758/ind_392-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2759/ind_393-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2760/ind_394-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2761/ind_395-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2780/ind_397-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2781/ind_398-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2782/ind_399-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2783/ind_400-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2784/ind_401-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2785/ind_402-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2576/pdl_004-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2598/pdl_005-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2689/pld_008-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2743/pdl_009-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2742/pdl_010-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2778/pdl_011-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2741/pelo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2316/plc_001-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2383/plc_002-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2384/plc_003-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2408/plc_004-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2386/plc_005-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2387/plc_006-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2525/plc_007-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2537/plc_008-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2557/plc_009-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2684/plc_011-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2709/plc_012-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2710/plc_013-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2774/plc_014-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2771/plc_015-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2776/plc_017-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2777/plc_018-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/pl_001-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2310/pl_002-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2311/pl_003-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2312/pl_004-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2313/pl_005-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2314/pl_006-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2315/pl_007-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2346/pl_008-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2382/pl_009-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2426/pl_010-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2427/pl_011-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2428/pl_012-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2466/pl_013-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2467/pl_014-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2468/pl_015-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2469/pl_016-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2507/pl_017-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2523/pl_018-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2524/pl_019-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2558/pl_020-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2578/pl_021-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2590/pl_023-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2621/pl_024-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2635/pl_025-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2644/pl_026-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2687/pl_027-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2668/pl_028-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2772/pl_029-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2773/pl_030-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2766/pl_033-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2767/pl_034-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2768/pl_035-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2769/pl_036-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2294/pl_002-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2295/pl_003-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2319/pl_004-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2320/pl_005-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2321/pl_006-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2317/pl_007-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2381/pl_009-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2449/pl_010-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2488/pl_011-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2510/pl_012-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2511/pl_013-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2538/pl_014-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2522/pl_015-25_executivo.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2574/pl_016-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2575/pl_018-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2591/pl_020-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2592/pl_022-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2655/pl_023-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2645/pl_024-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2656/pl_025-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2669/pl_026-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2685/pl_028-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2686/pl_029-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2711/pl_030-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2712/pl_031-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2713/pl_032-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2740/pl_033-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2762/pl_034-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2763/pl_035-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2764/pl_036-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2765/pl_037-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2318/pres_001-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2450/pres_004-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2521/pres_006-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2559/pres_007-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2560/pres_008-25_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2571/requerimento_001-25.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2572/requerimento_002-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2573/requerimento_003-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_honrosa_001-25.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2508/mocao_honrosa_002-25.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2688/mocao_013.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2347/mocao_de_pesar_001-25.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2385/mocao_de_pesar_002-25.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2577/mocao_de_pesar_004-25.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2708/mocao-005.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2779/mocao_de_pesar__006-20205.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2509/mocao_de_repudio_001-25.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2025/2610/emenda_01-25_-_legislativo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H486"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>