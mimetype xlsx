--- v0 (2026-01-13)
+++ v1 (2026-03-17)
@@ -54,3420 +54,3420 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Denys Moraes</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1950/ind_001.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1950/ind_001.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica da rua Alencar dos Santos.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Cezar Manfron</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Sinalização horizontal e vertical.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Pavimentação asfáltica.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1951/ind_004.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1951/ind_004.pdf</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Roque Luiz</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1952/ind_005.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1952/ind_005.pdf</t>
   </si>
   <si>
     <t>Manutenção das ruas Mandirituba, São Leopoldo, São Roque e Uruguai.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1953/ind_006.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1953/ind_006.pdf</t>
   </si>
   <si>
     <t>Limpeza e manutenção da Rua São Tomé.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Nilson Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1954/ind_007.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1954/ind_007.pdf</t>
   </si>
   <si>
     <t>Troca e manutenção de lâmpadas na Rua João Candido Oliveira Junior.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1955/ind_008.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1955/ind_008.pdf</t>
   </si>
   <si>
     <t>Reparos na Rua Antonio Alves Menezes.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Walter Purkote</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1956/ind_009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1956/ind_009.pdf</t>
   </si>
   <si>
     <t>Manutenção na Rua Alfredo Valente.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1957/ind_010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1957/ind_010.pdf</t>
   </si>
   <si>
     <t>Manutenção da cancha do Jardim Josiane.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1958/ind_011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1958/ind_011.pdf</t>
   </si>
   <si>
     <t>Construção de unidade de saúde no Jardim Santa Maria.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Wallison Romero</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1959/ind_012.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1959/ind_012.pdf</t>
   </si>
   <si>
     <t>Implantação de lombada em frente ao nº 700 na rua Elizio Ferreira do Nascimento.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Manoel Franco - Homem do Chapéu</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1960/ind_013.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1960/ind_013.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica nas ruas Jorge Silva do Prado, João Marques e José Bernarchi.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1961/ind_014.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1961/ind_014.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica das ruas Luis Julio Falcade, João Schereder e Bertoldo Ferreira Maier.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Amarildo Portes</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1962/ind_015.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1962/ind_015.pdf</t>
   </si>
   <si>
     <t>Manutenção da Rua Antônio Ferro.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1963/ind_016.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1963/ind_016.pdf</t>
   </si>
   <si>
     <t>Manutenção das ruas São Miguel e São Joaquim.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1972/indicacao_017-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1972/indicacao_017-2024.pdf</t>
   </si>
   <si>
     <t>Implantação de Agência Comunitária dos Correios no Bairro São João Batista.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacao_018-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacao_018-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de Ruas.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_019-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_019-2024.pdf</t>
   </si>
   <si>
     <t>Realização de reparos.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_020-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_020-2024.pdf</t>
   </si>
   <si>
     <t>Realização de Reparos.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_021-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_021-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção em muro de escola.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1975/indicacao_022-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1975/indicacao_022-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de lombada elevada.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_023-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_023-2024.pdf</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_024-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_024-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação de sinalização horizontal.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_025-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_025-2024.pdf</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_026-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_026-2024.pdf</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Claudinho Zoinho</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1978/indicacao_027-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1978/indicacao_027-2024.pdf</t>
   </si>
   <si>
     <t>Reforma geral e melhorias no CMEI "Jd. Graziela".</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_028-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_028-2024.pdf</t>
   </si>
   <si>
     <t>Troca de todos os móveis e lousas da Escola Municipal de Ensino Fundamental Jardim Graziela.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1990/ind_029-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1990/ind_029-2024.pdf</t>
   </si>
   <si>
     <t>Pintura na faixa de pedestres e lombadas elevadas.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1991/ind_030-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1991/ind_030-2024.pdf</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1992/ind_031-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1992/ind_031-2024.pdf</t>
   </si>
   <si>
     <t>Reparos de ruas.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1993/ind_032-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1993/ind_032-2024.pdf</t>
   </si>
   <si>
     <t>Troca e manutenção de lâmpadas.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1994/ind_033-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1994/ind_033-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de ruas.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1995/ind_034-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1995/ind_034-2024.pdf</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1996/ind_035-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1996/ind_035-2024.pdf</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1997/ind_036-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1997/ind_036-2024.pdf</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1998/ind_037-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1998/ind_037-2024.pdf</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1999/ind_038-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1999/ind_038-2024.pdf</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2000/ind_039-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2000/ind_039-2024.pdf</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2004/ind_040-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2004/ind_040-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2005/ind_041-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2005/ind_041-2024.pdf</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2006/ind_042-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2006/ind_042-2024.pdf</t>
   </si>
   <si>
     <t>Reparo de ruas.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2007/ind_043-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2007/ind_043-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de Praça Pública.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2017/ind_048-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2017/ind_048-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de academias ao ar livre.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2018/ind_049-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2018/ind_049-2024.pdf</t>
   </si>
   <si>
     <t>Sinalização de trânsito.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2019/ind_050-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2019/ind_050-2024.pdf</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2020/ind_051-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2020/ind_051-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de bueiros.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2021/ind_052-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2021/ind_052-2024.pdf</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2022/ind_053-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2022/ind_053-2024.pdf</t>
   </si>
   <si>
     <t>Pintura de faixa de pedestres.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2023/ind_054-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2023/ind_054-2024.pdf</t>
   </si>
   <si>
     <t>Limpeza e roçada.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2024/ind_055-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2024/ind_055-2024.pdf</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2025/ind_056-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2025/ind_056-2024.pdf</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2026/ind_057-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2026/ind_057-2024.pdf</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2027/ind_058-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2027/ind_058-2024.pdf</t>
   </si>
   <si>
     <t>Roçada e limpeza de calçadas.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Indicação não utilizada.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2029/ind_060-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2029/ind_060-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção em Bairros.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2030/ind_061-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2030/ind_061-2024.pdf</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2031/ind_062-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2031/ind_062-2024.pdf</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2032/ind_063-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2032/ind_063-2024.pdf</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2038/ind_066-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2038/ind_066-2024.pdf</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2039/ind_068-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2039/ind_068-2024.pdf</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2040/ind_069-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2040/ind_069-2024.pdf</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2050/ind_070-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2050/ind_070-2024.pdf</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2051/ind_071-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2051/ind_071-2024.pdf</t>
   </si>
   <si>
     <t>Implantação de parque.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2052/ind_072-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2052/ind_072-2024.pdf</t>
   </si>
   <si>
     <t>Implantação de muro de contenção.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2053/ind_073-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2053/ind_073-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de lombadas.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2054/ind_074-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2054/ind_074-2024.pdf</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2055/ind_075-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2055/ind_075-2024.pdf</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2056/ind_076-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2056/ind_076-2024.pdf</t>
   </si>
   <si>
     <t>Reparo de Ruas.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2057/ind_077-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2057/ind_077-2024.pdf</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2049/ind_078-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2049/ind_078-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de sinalização.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2058/ind_079-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2058/ind_079-2024.pdf</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2059/ind_080-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2059/ind_080-2024.pdf</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2060/ind_081-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2060/ind_081-2024.pdf</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2061/ind_082-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2061/ind_082-2024.pdf</t>
   </si>
   <si>
     <t>Roçada e poda.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2062/ind_083-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2062/ind_083-2024.pdf</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2063/ind_084-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2063/ind_084-2024.pdf</t>
   </si>
   <si>
     <t>Limpeza de rua e de calçada.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Troca de lâmpadas.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2068/ind_086-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2068/ind_086-2024.pdf</t>
   </si>
   <si>
     <t>Reparos na massa asfáltica.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2073/ind_087-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2073/ind_087-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de lâmpadas.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2072/ind_088-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2072/ind_088-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de lombada ou redutor de velocidade.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2071/ind_089-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2071/ind_089-2024.pdf</t>
   </si>
   <si>
     <t>Limpeza e Manutenção.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2074/ind_090-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2074/ind_090-2024.pdf</t>
   </si>
   <si>
     <t>Reforma, manutenção e revitalização do Centro de Convivência - Jd.Paraíso.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2075/ind_091-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2075/ind_091-2024.pdf</t>
   </si>
   <si>
     <t>Limpeza e desentupimento - Rua Aides Angelo de Oliveira.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2076/ind_092-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2076/ind_092-2024.pdf</t>
   </si>
   <si>
     <t>Notificação para a SANEPAR - Rua Alziro Zarur.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2077/ind_093-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2077/ind_093-2024.pdf</t>
   </si>
   <si>
     <t>Troca e manutenção de lâmpadas na Rua Bahia.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2078/ind_094-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2078/ind_094-2024.pdf</t>
   </si>
   <si>
     <t>Reparos na Rua Francisco Straiotto.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2079/ind_095-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2079/ind_095-2024.pdf</t>
   </si>
   <si>
     <t>Pintura nas lombadas na Rua Pedro Milek.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2080/ind_096-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2080/ind_096-2024.pdf</t>
   </si>
   <si>
     <t>Pintura nas travessias elevadas na Rua José Milek Filho.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2085/ind_097-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2085/ind_097-2024.pdf</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2086/ind_098-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2086/ind_098-2024.pdf</t>
   </si>
   <si>
     <t>Implantação de lombada.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2087/ind_101-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2087/ind_101-2024.pdf</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2088/ind_102-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2088/ind_102-2024.pdf</t>
   </si>
   <si>
     <t>Roçada e limpeza de rua.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2089/ind_103-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2089/ind_103-2024.pdf</t>
   </si>
   <si>
     <t>Solicitação para remoção de fios caídos em vias públicas.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2091/ind_104-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2091/ind_104-2024.pdf</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2092/ind_105-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2092/ind_105-2024.pdf</t>
   </si>
   <si>
     <t>Reparos e tapa buraco.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2093/ind_106-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2093/ind_106-2024.pdf</t>
   </si>
   <si>
     <t>Reparos e Tapa Buracos</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2094/ind_107-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2094/ind_107-2024.pdf</t>
   </si>
   <si>
     <t>Implantação de lombada ou tachões refletivos.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2095/ind_108-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2095/ind_108-2024.pdf</t>
   </si>
   <si>
     <t>Pintura de faixas.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2096/ind_109-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2096/ind_109-2024.pdf</t>
   </si>
   <si>
     <t>Patrolamento e colocação de pedrisco.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2097/ind_110-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2097/ind_110-2024.pdf</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2098/ind_111-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2098/ind_111-2024.pdf</t>
   </si>
   <si>
     <t>Estudo para implantação de lombada ou redutor de velocidade.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2100/ind_113-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2100/ind_113-2024.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2101/ind_114-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2101/ind_114-2024.pdf</t>
   </si>
   <si>
     <t>Ligação entre ruas.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2102/ind_115-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2102/ind_115-2024.pdf</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2103/ind_116-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2103/ind_116-2024.pdf</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2104/ind_117-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2104/ind_117-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de lombada.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2109/ind_119-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2109/ind_119-2024.pdf</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2112/ind_120-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2112/ind_120-2024.pdf</t>
   </si>
   <si>
     <t>Conserto passagem de nível.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2113/ind_121-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2113/ind_121-2024.pdf</t>
   </si>
   <si>
     <t>Sinalização de vias.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2115/ind_122-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2115/ind_122-2024.pdf</t>
   </si>
   <si>
     <t>Cavalos soltos nas ruas.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2122/ind_124-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2122/ind_124-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de Rua.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2123/ind_125-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2123/ind_125-2024.pdf</t>
   </si>
   <si>
     <t>Implantação de Radar.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2127/ind_126-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2127/ind_126-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção da Rua Frei Beda de Gavello</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2128/ind_127-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2128/ind_127-2024.pdf</t>
   </si>
   <si>
     <t>Iluminação Rua dos Pinheiros - Jardim Silvana.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2129/ind_128-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2129/ind_128-2024.pdf</t>
   </si>
   <si>
     <t>Pedido de Manilhamento e Dragagem.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2132/ind_129-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2132/ind_129-2024.pdf</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2130/ind_130-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2130/ind_130-2024.pdf</t>
   </si>
   <si>
     <t>Pedido de Asfalto.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2131/ind_131-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2131/ind_131-2024.pdf</t>
   </si>
   <si>
     <t>Pintura da faixa.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2133/ind_132-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2133/ind_132-2024.pdf</t>
   </si>
   <si>
     <t>Sinalização.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2134/ind_133-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2134/ind_133-2024.pdf</t>
   </si>
   <si>
     <t>Redutor de Velocidade.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2137/ind_134-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2137/ind_134-2024.pdf</t>
   </si>
   <si>
     <t>Providências referentes a valas de esgoto.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2138/ind_135-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2138/ind_135-2024.pdf</t>
   </si>
   <si>
     <t>Pedido de Manutenção de Iluminação Pública.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2139/ind_136-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2139/ind_136-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação e calçamento.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_138-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_138-2024.pdf</t>
   </si>
   <si>
     <t>Sinalização das vias públicas do bairro Marinoni no Tanguá.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2150/ind_143-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2150/ind_143-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de Via.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2151/ind_144-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2151/ind_144-2024.pdf</t>
   </si>
   <si>
     <t>Redutor velocidade/lombada.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2152/ind_145-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2152/ind_145-2024.pdf</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2153/ind_146-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2153/ind_146-2024.pdf</t>
   </si>
   <si>
     <t>Proceder manutenção de rua.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2154/ind_147-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2154/ind_147-2024.pdf</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2155/ind_148-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2155/ind_148-2024.pdf</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2156/ind_149-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2156/ind_149-2024.pdf</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2157/ind_150-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2157/ind_150-2024.pdf</t>
   </si>
   <si>
     <t>Construção de faixas elevadas.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2158/ind_151-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2158/ind_151-2024.pdf</t>
   </si>
   <si>
     <t>Realização de capa asfáltica.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2159/ind_152-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2159/ind_152-2024.pdf</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2160/ind_155-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2160/ind_155-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção, limpeza e lavagem.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2167/ind_156-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2167/ind_156-2024.pdf</t>
   </si>
   <si>
     <t>Proceder Sinalização da Via.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_157-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_157-2024.pdf</t>
   </si>
   <si>
     <t>Pedido de Manutenção de Iluminação de Pública.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2169/ind_158-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2169/ind_158-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção Rua Rogério de Souza - Jd. São Carlos.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2170/indicacao_159-2024_zoinho.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2170/indicacao_159-2024_zoinho.pdf</t>
   </si>
   <si>
     <t>Revitalização e Calçamento.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2171/ind_160-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2171/ind_160-2024.pdf</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2172/ind_161-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2172/ind_161-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2173/ind_162-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2173/ind_162-2024.pdf</t>
   </si>
   <si>
     <t>Lombada ou Redutor de Velocidade.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2174/ind_163-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2174/ind_163-2024.pdf</t>
   </si>
   <si>
     <t>Colocação de Pedrisco.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2184/ind_165-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2184/ind_165-2024.pdf</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2185/ind_166-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2185/ind_166-2024.pdf</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Amauri Lovato</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2186/ind_167-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2186/ind_167-2024.pdf</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2187/ind_168-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2187/ind_168-2024.pdf</t>
   </si>
   <si>
     <t>Asfalto.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2188/ind_169-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2188/ind_169-2024.pdf</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2189/ind_170-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2189/ind_170-2024.pdf</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2190/ind_171-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2190/ind_171-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção dos Terminais Municipais.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_172-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_172-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção da Rua Aleixo Brotto.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2192/ind_173-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2192/ind_173-2024.pdf</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2193/ind_176-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2193/ind_176-2024.pdf</t>
   </si>
   <si>
     <t>Obras</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2194/ind_177-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2194/ind_177-2024.pdf</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2199/ind_178-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2199/ind_178-2024.pdf</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2200/ind_178-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2200/ind_178-2024.pdf</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2201/ind_180-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2201/ind_180-2024.pdf</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2202/ind_181-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2202/ind_181-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção da Estrada da Ressaca.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2203/ind_182-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2203/ind_182-2024.pdf</t>
   </si>
   <si>
     <t>Obras.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2204/ind_183-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2204/ind_183-2024.pdf</t>
   </si>
   <si>
     <t>Saúde</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2207/ind_184-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2207/ind_184-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação de Ruas.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_185-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_185-2024.pdf</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2212/ind_186-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2212/ind_186-2024.pdf</t>
   </si>
   <si>
     <t>Pedido de Manutenção com Iluminação Pública</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2213/ind_187-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2213/ind_187-2024.pdf</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2214/ind_188-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2214/ind_188-2024.pdf</t>
   </si>
   <si>
     <t>Travessia Elevada.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2215/ind_189-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2215/ind_189-2024.pdf</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2216/ind_190-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2216/ind_190-2024.pdf</t>
   </si>
   <si>
     <t>Limpeza</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2218/ind_191-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2218/ind_191-2024.pdf</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2219/ind_192-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2219/ind_192-2024.pdf</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2220/ind_193-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2220/ind_193-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção Avenida São Jorge.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2221/ind_194-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2221/ind_194-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção Rua João Tomé de Morais - Boichininga.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2222/ind_195-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2222/ind_195-2024.pdf</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2223/ind_196-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2223/ind_196-2024.pdf</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2225/ind_197-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2225/ind_197-2024.pdf</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2226/ind_198-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2226/ind_198-2024.pdf</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2227/ind_199-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2227/ind_199-2024.pdf</t>
   </si>
   <si>
     <t>Habitação.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2228/ind_200-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2228/ind_200-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de Ruas</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2229/ind_201-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2229/ind_201-2024.pdf</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2230/ind_202-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2230/ind_202-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2232/ind_203-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2232/ind_203-2024.pdf</t>
   </si>
   <si>
     <t>Retirada de terra em frente à UPA 24H.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2233/ind_204-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2233/ind_204-2024.pdf</t>
   </si>
   <si>
     <t>Retirada de entulhos na escola Caic.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Indicação de vereadores para compor a Comissão de Organização da Festa do Morango.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2237/ind_206-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2237/ind_206-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção Bueiro.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2236/ind_207-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2236/ind_207-2024.pdf</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2238/ind_208-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2238/ind_208-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção Bueiro</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2239/ind_210-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2239/ind_210-2024.pdf</t>
   </si>
   <si>
     <t>Troca de Carteiras.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2243/ind_211-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2243/ind_211-2024.pdf</t>
   </si>
   <si>
     <t>Proceder manutenção de ruas.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2244/ind_213-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2244/ind_213-2024.pdf</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2245/ind_214-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2245/ind_214-2024.pdf</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2246/ind_215-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2246/ind_215-2024.pdf</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2247/ind_216-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2247/ind_216-2024.pdf</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2248/ind_217-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2248/ind_217-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de Ruas no Bairro Marmeleiro.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2249/ind_218-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2249/ind_218-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de Rua no Bairro São Miguel.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>Paulão</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2250/ind_219-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2250/ind_219-2024.pdf</t>
   </si>
   <si>
     <t>Colocação de Lombada.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2255/ind_220-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2255/ind_220-2024.pdf</t>
   </si>
   <si>
     <t>Hospital/Convênio Veterinário.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2256/ind_221-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2256/ind_221-2024.pdf</t>
   </si>
   <si>
     <t>Manutenção de Rua no Bairro Mato Dentro.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2257/ind_222-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2257/ind_222-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação no Bairro São Francisco.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2253/ind_223-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2253/ind_223-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação no Bairro Lamenha Grande.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2254/ind_224-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2254/ind_224-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação no Bairro Giannine.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2258/ind_225-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2258/ind_225-2024.pdf</t>
   </si>
   <si>
     <t>Limpeza.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2259/ind_226-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2259/ind_226-2024.pdf</t>
   </si>
   <si>
     <t>Limpeza/Roçada.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2261/ind_227-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2261/ind_227-2024.pdf</t>
   </si>
   <si>
     <t>Substituição das Lâmpadas de Iluminação.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2262/ind_228-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2262/ind_228-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação no Bairro Grécia.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2263/ind_229-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2263/ind_229-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação no Bairro Jardim Paraíso.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2264/ind_230-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2264/ind_230-2024.pdf</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2268/ind_231-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2268/ind_231-2024.pdf</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2266/ind_232-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2266/ind_232-2024.pdf</t>
   </si>
   <si>
     <t>Remoção de Fios.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2277/ind_234-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2277/ind_234-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação no Bairro Vila Prodócimo.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2278/ind_235-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2278/ind_235-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação Bairro Jardim Colonial/São Domingos</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2279/ind_236-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2279/ind_236-2024.pdf</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2280/ind_237-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2280/ind_237-2024.pdf</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2284/ind_238-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2284/ind_238-2024.pdf</t>
   </si>
   <si>
     <t>Pavimentação Bairro Tranqueira/Areias</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2285/ind_239-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2285/ind_239-2024.pdf</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2286/ind_240-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2286/ind_240-2024.pdf</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2287/ind_241-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2287/ind_241-2024.pdf</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2165/pdl_005-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2165/pdl_005-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Outorga ao Excelentíssimo Senhor Deputado Estadual Alexandre Maranhão Khury o título de Cidadão Honorário de Almirante Tamandaré</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2175/pdl_011-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2175/pdl_011-24_legislativo.pdf</t>
   </si>
   <si>
     <t>"Outorga ao Ilustríssimo Senhor Pedro Gonçalves "Pedrinho da Viola" o título de Cidadão Honorário de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2276/pdl_012-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2276/pdl_012-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Aprova Prestação de Contas do Poder Executivo do Município de Almirante Tamandaré relativas ao exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2282/pdl_013-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2282/pdl_013-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Aprova Prestação de Contas do Poder Executivo do Município de Almirante Tamandaré relativas ao exercício financeiro de 2014 e dá outras providências.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2283/pdl_014-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2283/pdl_014-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Aprova Prestação de Contas do Poder Executivo do Município de Almirante Tamandaré relativas ao exercício financeiro de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Gerson Colodel</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2001/pl_009-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2001/pl_009-24_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição da perda do poder aquisitivo dos servidores públicos municipais no período de maio de 2023 a fevereiro de 2024".</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1945/pl_001-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1945/pl_001-24_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera o Art. 5º da Lei nº 1078/2005 - Conselho Municipal De Desenvolvimento Rural - CMDR, e revoga a Lei nº 1087/2005".</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1965/pl_002-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1965/pl_002-24_executivo.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Resíduos Sólidos do Município de Almirante Tamandaré, estabelece normas e diretrizes para a Gestão Integrada de Resíduos Sólidos e dá outras providências.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1966/pl_003-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1966/pl_003-24_executivo.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Arborização Urbana de Almirante Tamandaré/PR - PMAU e dá outras providências.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1982/pl_004-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1982/pl_004-24_executivo.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 2º da Lei 2.309/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1983/pl_005-24_-_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1983/pl_005-24_-_executivo.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Serviço de Inspeção Municipal de Produtos de Origem Animal - SIM/POA, e os procedimentos de inspeção sanitárias nos respectivos estabelecimentos no municípios.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1984/pl_006-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1984/pl_006-24_executivo.pdf</t>
   </si>
   <si>
     <t>Revoga a alínea "u", do art. 26, da Lei 2312/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1985/pl_007-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1985/pl_007-24_executivo.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2012/pl_008-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2012/pl_008-24_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Conselho Municipal de Saneamento no âmbito do Município de Almirante Tamandaré/PR e dá outras providências.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2013/pl_010-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2013/pl_010-24_executivo.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Saneamento Básico e Ambiental do Município de Almirante Tamandaré/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2014/pl_011-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2014/pl_011-24_executivo.pdf</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2015/pl_012-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2015/pl_012-24_executivo.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1º da Lei Municipal nº 2.184/2020 de 12 de março de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2016/pl_013-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2016/pl_013-24_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Próprio Público situado à Rua Isidoro da Silva, nº 2082, São Miguel - Helena Klaina.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2161/pl_015-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2161/pl_015-2024_executivo.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica".</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2117/pl_016-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2117/pl_016-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Próprio Público situado à Rua Antônio Stocchero, nº 44, Tranqueira.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2118/pl_017-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2118/pl_017-2024.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1º da Lei Ordinária 988/2003, que 'Dá denominação de Próprio Público que especifica', e dá outras providências.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2119/pl_018-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2119/pl_018-2024.pdf</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2120/pl_019-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2120/pl_019-2024_executivo.pdf</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>"Altera o Art. 3°, da Lei 2.264/2021, de 13 de agosto de 2021, e dá outras providências".</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2177/pl_021-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2177/pl_021-2024_executivo.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Ordinária Municipal de nº 1.364, de 14 de julho de 2008 que 'dispõe sobre a qualificação de pessoa jurídica de direito privado como organização da sociedade civil de interesse público - OSCIP', e dá outras providências".</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2195/pl_022-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2195/pl_022-2024_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Ordinária Municipal de nº 2.433, de 05 de abril de 2024, e dá outras providências".</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2196/pl_023-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2196/pl_023-2024_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação do Próprio Público, Pronto Atendimento Médico - PAM - Arcidíneo Félix Gulin - Cid Gulin, e dá outras providências".</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2197/pl_024-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2197/pl_024-2024_executivo.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei Municipal nº 2.019, de 09 de fevereiro de 2017, e dá outras providências".</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2198/pl_025-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2198/pl_025-2024_executivo.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial e dá outras providências".</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2205/pl_026-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2205/pl_026-2024_executivo.pdf</t>
   </si>
   <si>
     <t>"Ratifica a Consolidação do Protocolo de Intenções e o Estatuto do Consórcio Intermunicipal de Educação e Ensino do Estado do Paraná - CIEDEPAR, nos termos da Lei Federal nº 11.107/2005 e Decreto Federal nº 6.017/2007, e dá outras providências."</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2252/pl_027-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2252/pl_027-2024_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para a elaboração da Lei de Diretrizes Orçamentárias do Município de Almirante Tamandaré para o exercício de 2025, e dá outras providências".</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2242/pl_028-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2242/pl_028-2024_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Próprio Público, Centro Municipal de Educação Infantil - CMEI - Joanna de Angelis, e dá outras providências.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2269/pl_029-2024_executivo_-_com_anexos.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2269/pl_029-2024_executivo_-_com_anexos.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Almirante Tamandaré para o Exercício Financeiro de 2025.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2240/pl_030-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2240/pl_030-2024_executivo.pdf</t>
   </si>
   <si>
     <t>Ratifica a Consolidação do Protocolo de Intenções do Consórcio Intermunicipal para Gestão de Resíduos Sólidos Urbanos - CONRESOL, nos termos da Lei Federal n° 11.107/2005 e Decreto Federal nº 6.017/2007 e dá outras providências.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2251/pl_031-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2251/pl_031-2024_executivo.pdf</t>
   </si>
   <si>
     <t>"Cria o Conselho Municipal dos Direitos Humanos de Almirante Tamandaré - PR".</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2270/pl_032-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2270/pl_032-2024_executivo.pdf</t>
   </si>
   <si>
     <t>Altera o art. 11, Inciso I, Alíneas "a", "b" e "c", da Lei Ordinária 388, de 26 de setembro de 1995, que dispõe sobre a Política Municipal de Assistência Social e o Fundo Municipal de Assistência Social - CMAS".</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2275/pl_033-2024_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2275/pl_033-2024_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Próprio Público situado à Rua Emílio Johnson, nº 360, Centro - Anexo Administrativo José Carlos Cesário Pereira.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1942/pl_001-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1942/pl_001-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que específica - Rua José Dias Pinto._x000D_
 Lei 2.413/2024.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>Ferrugem</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1943/pl_002-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1943/pl_002-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que específica - Rua Sebastiana de Lima de França._x000D_
 Lei 2.414/2024.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1944/pl_003-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1944/pl_003-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua João Lourenço Wotekoski._x000D_
 Lei 2.415/2024.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>Rodrigo Pavoni</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1946/pl_004-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1946/pl_004-24_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica - Rua Carlos de Paula e Silva”._x000D_
 Lei 2.416/2024.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1947/pl_005-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1947/pl_005-24_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica. Altera o art. 1º, Art. 2º e art. 3º da Lei nº 2.441/2023 de 19 de dezembro de 2023”._x000D_
 Lei 2.417/2024.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1948/pl_006-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1948/pl_006-24_legislativo.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica. Altera o art. 2º e Art. 3º da Lei nº 2.412/2024 de 31 de janeiro de 2024”._x000D_
 Lei 2.418/2024.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1949/pl_007-24_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1949/pl_007-24_executivo.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica - Travessa Rio Grande do Norte”._x000D_
 Lei 2.426/2024.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1968/pl_008-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1968/pl_008-24_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica - Travessa Beira Rio"._x000D_
 Lei 2.427/2024.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1967/pl_009-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1967/pl_009-24_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica. Altera o art. 4º da Lei nº 1.732/2013 de 16 de setembro de 2013"._x000D_
 Lei 2.428/2024.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1969/pl_010-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1969/pl_010-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua Leda Maria da Rosa"._x000D_
 Lei 2.429/2024.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1970/pl_011-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1970/pl_011-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Altera os Art. 1º ao Art. 19º da Lei 2.407/2023 de 19 de dezembro de 2023._x000D_
 Lei 2.430/2024.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1971/pl_012-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1971/pl_012-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Altera o Art. 1º da Lei 2.406/2023 de 12 de dezembro de 2023._x000D_
 Lei 2.431/2024.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>Aldnei Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2003/pl_014-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2003/pl_014-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua Arthur José Chimelli. Lei 2.440/2024.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>Paulão e Amauri Lovato</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2084/pl_015-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2084/pl_015-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a próprio público que especifica - Biblioteca Ivonete Antoniacomi anexo à Escola Municipal Bortolo Lovato.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2010/pl_016-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2010/pl_016-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Altera a Lei Municipal 803/2001 de 15 de maio de 2001 - Lei 2.446/2024.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2009/pl_017-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2009/pl_017-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Travessa Barchik</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2011/pl_018-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2011/pl_018-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua Julio Vieira Da Silva.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2034/pl_019-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2034/pl_019-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua Coronel Procópio Gomes. Lei 2.439/2024.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2035/pl_020-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2035/pl_020-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua Bonifácia Micos. Lei 2.441/2024.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2036/pl_021-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2036/pl_021-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua João Teixeira de Lima. Lei 2.442/2024.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2037/pl_022-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2037/pl_022-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua Darcy Gregório Bodziak. Lei 2.443/2024.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2064/pl_023-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2064/pl_023-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua Rio Branco - Lei 2.445/2024.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2065/pl_024-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2065/pl_024-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua Messias Ferreira de Oliveira - Lei 2.444/2024.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2083/pl_025-2024_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2083/pl_025-2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua dos Eucaliptos.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2106/pl_026-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2106/pl_026-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público a que se especifica - Rua Octacilio Vieira de Jesus.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2108/pl_027-2024_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2108/pl_027-2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a próprio público que especifica - Posto de Saúde Professora Salete Aparecida Vanelli Ferreira.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2110/pl_028-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2110/pl_028-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua Anatolio Deliss.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2121/pl_029-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2121/pl_029-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica - Rua Antônio Machado da Luz.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>Polaco</t>
   </si>
   <si>
     <t>Institui o "Junho Violeta", mês de conscientização, enfrentamento e prevenção à violência contra a pessoa idosa, no Município de Almirante Tamandaré, e dá outras providências.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2124/pl_031-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2124/pl_031-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Ficam denominadas Rua José Milton Zeferino, Rua Valdovico de Godoy e Rua Arrivadavio Marcondes da Rocha, na localidade do Bairro de São Miguel.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2125/pl_032-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2125/pl_032-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Dirce Terezinha dos Santos de Campos, no Bairro Cachoeira.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2136/pl_033-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2136/pl_033-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao próprio público que especifica. Fica denominada Aparecido Antonio Rodrigues a Unidade de Saúde Rosana</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2149/pl_034-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2149/pl_034-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao próprio público que especifica. Fica denominada Ivonete de Fatima Buzato a ponte sobre o Rio Barigui.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2145/pl_035-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2145/pl_035-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Dom Pedro I a atual Rua Dom Pedro II no Jardim Buenos Aires.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2147/pl_036-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2147/pl_036-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Dom Pedro II no Jardim Iracema.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2148/pl_037-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2148/pl_037-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Francisca Ferreira Mangolin.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2163/pl_039-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2163/pl_039-24_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica. Rua Santiago de Compostela e Rua Nossa Senhora da Alegria".</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2164/pl_040-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2164/pl_040-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Evanira Cordeiro da Luz.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2178/pl_041-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2178/pl_041-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada rua Cecília de Oliveira.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2179/pl_042-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2179/pl_042-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 1º da Lei nº 38/89 de 30 de novembro de 1989.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2180/pl_043-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2180/pl_043-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada rua Veronica Lucca Alchuel.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2181/pl_044-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2181/pl_044-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada rua Bruno Rafael Damaceno de Jesus.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2182/pl_045-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2182/pl_045-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do próprio público, Ambulatório Médico Especializado - AME - Vereador José Air Colodel, e dá outras providências.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2183/pl_046-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2183/pl_046-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Próprio Público, Centro de Convenções Prefeito Sebastião Natal Colodel, e dá outras providências.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2206/pl_047-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2206/pl_047-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Ana Geni Siqueira de Moura</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2209/pl_048-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2209/pl_048-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Logradouro Público, Travessa Claudio Rosa Filho, dá outras providências.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2217/pl_049-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2217/pl_049-24_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de Logradouro Público que especifica, Pedro Jorge Ribeiro de Cristo, dá outras providências".</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2231/pl_050-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2231/pl_050-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que se especifica - Rua João Francisco dos Santos.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2241/pl_051-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2241/pl_051-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Batista Borguesan.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2260/pl_052-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2260/pl_052-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Antonio Jambiski Sobrinho.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicabilidade do art. 3º da Resolução 003/2012, e dá outras providências.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2272/pl_054-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2272/pl_054-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Natalia Manosso.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2273/pl_055-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2273/pl_055-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Altera o art. 1º da Lei nº 290/1994 de 16 de setembro de 1994.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2274/pl_056-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2274/pl_056-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Rio Solimões a atual Rua Rio Branco - CEP 83.507-390.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2281/pl_057-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2281/pl_057-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica. Fica denominada Rua Sandro Luiz Domakoski</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2288/pl_060-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2288/pl_060-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre correção inflacionária dos subsídios do Prefeito, Vice-Prefeito e Secretários Municipais do Município de Almirante Tamandaré</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2033/pres_001-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2033/pres_001-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui Comissão Especial para representar a Câmara Municipal de Almirante Tamandaré na XXIII Marcha dos Gestores e Legislativos Municipais, 23 a 26 de abril de 2024, Brasília - Distrito Federal</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2066/pres_002-24_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2066/pres_002-24_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui Comissão Especial para representar a Câmara Municipal de Almirante Tamandaré na XXV Marcha em Defesa dos Municípios.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>Plenário</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2210/pres_003-2024_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2210/pres_003-2024_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui Comissão Especial para representar a Câmara Municipal de Almirante Tamandaré no Encontro Nacional de Gestores e Legislativos Municipais de 11 a 14 de Novembro, Foz do Iguaçu - Paraná.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>Institui Comissão Especial para representar a Câmara Municipal de Almirante Tamandaré no Seminário Governo de Transição e Regras Pós Eleições de 29 de outubro a 01 de novembro de 2024. Brasília - Distrito Federal.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção Honrosa</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1964/mocao_001-2024_reduzido.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1964/mocao_001-2024_reduzido.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa e Congratulações para os senhores Alexandre Felix Aragão da Paz e Julio Cezar Nunes Pasin</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2107/mocao_010-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2107/mocao_010-2024.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa e Congratulações ao Nosso Lar Comunidade do Idoso e a Senhora Sabrina Pedron da Silveira Carnieri.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>Claudinho Zoinho e Nilson Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2114/mocao_011-2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2114/mocao_011-2024.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa e Congratulações a Casa de Recuperação Água da Vida - Cravi em nome da senhora Ely Regina Francheschi Lemos e em nome de Flavio Roberto Almeida Lemos.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>Memorando</t>
   </si>
   <si>
     <t>Resposta ao memorando enviado pela Secretaria Municipal de Governo.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>TERMO</t>
   </si>
   <si>
     <t>Termo de Ciência, Compromisso e Responsabilidade</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2166/termo_de_ciencia_compromisso_e_responsabilidade.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2166/termo_de_ciencia_compromisso_e_responsabilidade.pdf</t>
   </si>
   <si>
     <t>Termo de Ciência, Compromisso e Responsabilidade - Eleições 2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3774,67 +3774,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1950/ind_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1951/ind_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1952/ind_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1953/ind_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1954/ind_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1955/ind_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1956/ind_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1957/ind_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1958/ind_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1959/ind_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1960/ind_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1961/ind_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1962/ind_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1963/ind_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1972/indicacao_017-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacao_018-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_019-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_020-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_021-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1975/indicacao_022-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_023-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_024-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_025-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_026-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1978/indicacao_027-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_028-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1990/ind_029-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1991/ind_030-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1992/ind_031-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1993/ind_032-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1994/ind_033-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1995/ind_034-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1996/ind_035-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1997/ind_036-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1998/ind_037-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1999/ind_038-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2000/ind_039-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2004/ind_040-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2005/ind_041-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2006/ind_042-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2007/ind_043-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2017/ind_048-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2018/ind_049-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2019/ind_050-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2020/ind_051-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2021/ind_052-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2022/ind_053-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2023/ind_054-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2024/ind_055-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2025/ind_056-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2026/ind_057-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2027/ind_058-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2029/ind_060-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2030/ind_061-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2031/ind_062-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2032/ind_063-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2038/ind_066-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2039/ind_068-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2040/ind_069-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2050/ind_070-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2051/ind_071-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2052/ind_072-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2053/ind_073-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2054/ind_074-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2055/ind_075-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2056/ind_076-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2057/ind_077-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2049/ind_078-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2058/ind_079-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2059/ind_080-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2060/ind_081-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2061/ind_082-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2062/ind_083-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2063/ind_084-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2068/ind_086-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2073/ind_087-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2072/ind_088-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2071/ind_089-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2074/ind_090-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2075/ind_091-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2076/ind_092-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2077/ind_093-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2078/ind_094-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2079/ind_095-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2080/ind_096-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2085/ind_097-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2086/ind_098-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2087/ind_101-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2088/ind_102-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2089/ind_103-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2091/ind_104-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2092/ind_105-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2093/ind_106-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2094/ind_107-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2095/ind_108-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2096/ind_109-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2097/ind_110-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2098/ind_111-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2100/ind_113-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2101/ind_114-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2102/ind_115-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2103/ind_116-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2104/ind_117-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2109/ind_119-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2112/ind_120-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2113/ind_121-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2115/ind_122-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2122/ind_124-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2123/ind_125-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2127/ind_126-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2128/ind_127-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2129/ind_128-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2132/ind_129-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2130/ind_130-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2131/ind_131-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2133/ind_132-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2134/ind_133-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2137/ind_134-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2138/ind_135-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2139/ind_136-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_138-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2150/ind_143-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2151/ind_144-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2152/ind_145-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2153/ind_146-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2154/ind_147-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2155/ind_148-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2156/ind_149-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2157/ind_150-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2158/ind_151-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2159/ind_152-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2160/ind_155-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2167/ind_156-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_157-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2169/ind_158-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2170/indicacao_159-2024_zoinho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2171/ind_160-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2172/ind_161-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2173/ind_162-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2174/ind_163-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2184/ind_165-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2185/ind_166-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2186/ind_167-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2187/ind_168-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2188/ind_169-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2189/ind_170-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2190/ind_171-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_172-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2192/ind_173-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2193/ind_176-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2194/ind_177-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2199/ind_178-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2200/ind_178-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2201/ind_180-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2202/ind_181-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2203/ind_182-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2204/ind_183-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2207/ind_184-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_185-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2212/ind_186-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2213/ind_187-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2214/ind_188-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2215/ind_189-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2216/ind_190-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2218/ind_191-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2219/ind_192-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2220/ind_193-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2221/ind_194-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2222/ind_195-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2223/ind_196-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2225/ind_197-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2226/ind_198-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2227/ind_199-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2228/ind_200-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2229/ind_201-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2230/ind_202-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2232/ind_203-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2233/ind_204-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2237/ind_206-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2236/ind_207-2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2238/ind_208-2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2239/ind_210-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2243/ind_211-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2244/ind_213-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2245/ind_214-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2246/ind_215-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2247/ind_216-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2248/ind_217-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2249/ind_218-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2250/ind_219-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2255/ind_220-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2256/ind_221-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2257/ind_222-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2253/ind_223-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2254/ind_224-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2258/ind_225-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2259/ind_226-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2261/ind_227-2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2262/ind_228-2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2263/ind_229-2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2264/ind_230-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2268/ind_231-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2266/ind_232-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2277/ind_234-2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2278/ind_235-2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2279/ind_236-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2280/ind_237-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2284/ind_238-2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2285/ind_239-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2286/ind_240-2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2287/ind_241-2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2165/pdl_005-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2175/pdl_011-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2276/pdl_012-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2282/pdl_013-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2283/pdl_014-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2001/pl_009-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1945/pl_001-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1965/pl_002-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1966/pl_003-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1982/pl_004-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1983/pl_005-24_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1984/pl_006-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1985/pl_007-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2012/pl_008-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2013/pl_010-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2014/pl_011-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2015/pl_012-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2016/pl_013-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2161/pl_015-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2117/pl_016-2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2118/pl_017-2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2119/pl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2120/pl_019-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2177/pl_021-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2195/pl_022-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2196/pl_023-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2197/pl_024-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2198/pl_025-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2205/pl_026-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2252/pl_027-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2242/pl_028-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2269/pl_029-2024_executivo_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2240/pl_030-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2251/pl_031-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2270/pl_032-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2275/pl_033-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1942/pl_001-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1943/pl_002-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1944/pl_003-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1946/pl_004-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1947/pl_005-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1948/pl_006-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1949/pl_007-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1968/pl_008-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1967/pl_009-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1969/pl_010-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1970/pl_011-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1971/pl_012-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2003/pl_014-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2084/pl_015-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2010/pl_016-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2009/pl_017-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2011/pl_018-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2034/pl_019-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2035/pl_020-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2036/pl_021-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2037/pl_022-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2064/pl_023-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2065/pl_024-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2083/pl_025-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2106/pl_026-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2108/pl_027-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2110/pl_028-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2121/pl_029-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2124/pl_031-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2125/pl_032-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2136/pl_033-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2149/pl_034-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2145/pl_035-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2147/pl_036-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2148/pl_037-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2163/pl_039-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2164/pl_040-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2178/pl_041-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2179/pl_042-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2180/pl_043-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2181/pl_044-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2182/pl_045-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2183/pl_046-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2206/pl_047-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2209/pl_048-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2217/pl_049-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2231/pl_050-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2241/pl_051-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2260/pl_052-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2272/pl_054-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2273/pl_055-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2274/pl_056-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2281/pl_057-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2288/pl_060-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2033/pres_001-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2066/pres_002-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2210/pres_003-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1964/mocao_001-2024_reduzido.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2107/mocao_010-2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2114/mocao_011-2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2166/termo_de_ciencia_compromisso_e_responsabilidade.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1950/ind_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1951/ind_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1952/ind_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1953/ind_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1954/ind_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1955/ind_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1956/ind_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1957/ind_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1958/ind_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1959/ind_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1960/ind_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1961/ind_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1962/ind_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1963/ind_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1972/indicacao_017-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacao_018-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1981/indicacao_019-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1980/indicacao_020-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_021-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1975/indicacao_022-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1986/indicacao_023-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao_024-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_025-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1977/indicacao_026-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1978/indicacao_027-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_028-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1990/ind_029-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1991/ind_030-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1992/ind_031-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1993/ind_032-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1994/ind_033-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1995/ind_034-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1996/ind_035-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1997/ind_036-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1998/ind_037-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1999/ind_038-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2000/ind_039-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2004/ind_040-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2005/ind_041-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2006/ind_042-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2007/ind_043-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2017/ind_048-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2018/ind_049-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2019/ind_050-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2020/ind_051-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2021/ind_052-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2022/ind_053-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2023/ind_054-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2024/ind_055-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2025/ind_056-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2026/ind_057-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2027/ind_058-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2029/ind_060-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2030/ind_061-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2031/ind_062-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2032/ind_063-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2038/ind_066-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2039/ind_068-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2040/ind_069-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2050/ind_070-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2051/ind_071-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2052/ind_072-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2053/ind_073-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2054/ind_074-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2055/ind_075-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2056/ind_076-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2057/ind_077-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2049/ind_078-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2058/ind_079-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2059/ind_080-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2060/ind_081-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2061/ind_082-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2062/ind_083-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2063/ind_084-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2068/ind_086-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2073/ind_087-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2072/ind_088-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2071/ind_089-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2074/ind_090-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2075/ind_091-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2076/ind_092-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2077/ind_093-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2078/ind_094-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2079/ind_095-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2080/ind_096-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2085/ind_097-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2086/ind_098-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2087/ind_101-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2088/ind_102-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2089/ind_103-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2091/ind_104-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2092/ind_105-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2093/ind_106-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2094/ind_107-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2095/ind_108-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2096/ind_109-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2097/ind_110-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2098/ind_111-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2100/ind_113-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2101/ind_114-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2102/ind_115-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2103/ind_116-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2104/ind_117-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2109/ind_119-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2112/ind_120-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2113/ind_121-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2115/ind_122-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2122/ind_124-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2123/ind_125-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2127/ind_126-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2128/ind_127-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2129/ind_128-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2132/ind_129-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2130/ind_130-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2131/ind_131-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2133/ind_132-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2134/ind_133-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2137/ind_134-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2138/ind_135-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2139/ind_136-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_138-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2150/ind_143-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2151/ind_144-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2152/ind_145-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2153/ind_146-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2154/ind_147-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2155/ind_148-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2156/ind_149-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2157/ind_150-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2158/ind_151-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2159/ind_152-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2160/ind_155-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2167/ind_156-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_157-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2169/ind_158-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2170/indicacao_159-2024_zoinho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2171/ind_160-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2172/ind_161-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2173/ind_162-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2174/ind_163-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2184/ind_165-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2185/ind_166-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2186/ind_167-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2187/ind_168-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2188/ind_169-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2189/ind_170-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2190/ind_171-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_172-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2192/ind_173-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2193/ind_176-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2194/ind_177-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2199/ind_178-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2200/ind_178-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2201/ind_180-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2202/ind_181-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2203/ind_182-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2204/ind_183-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2207/ind_184-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_185-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2212/ind_186-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2213/ind_187-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2214/ind_188-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2215/ind_189-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2216/ind_190-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2218/ind_191-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2219/ind_192-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2220/ind_193-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2221/ind_194-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2222/ind_195-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2223/ind_196-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2225/ind_197-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2226/ind_198-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2227/ind_199-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2228/ind_200-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2229/ind_201-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2230/ind_202-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2232/ind_203-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2233/ind_204-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2237/ind_206-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2236/ind_207-2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2238/ind_208-2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2239/ind_210-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2243/ind_211-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2244/ind_213-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2245/ind_214-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2246/ind_215-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2247/ind_216-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2248/ind_217-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2249/ind_218-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2250/ind_219-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2255/ind_220-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2256/ind_221-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2257/ind_222-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2253/ind_223-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2254/ind_224-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2258/ind_225-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2259/ind_226-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2261/ind_227-2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2262/ind_228-2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2263/ind_229-2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2264/ind_230-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2268/ind_231-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2266/ind_232-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2277/ind_234-2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2278/ind_235-2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2279/ind_236-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2280/ind_237-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2284/ind_238-2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2285/ind_239-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2286/ind_240-2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2287/ind_241-2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2165/pdl_005-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2175/pdl_011-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2276/pdl_012-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2282/pdl_013-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2283/pdl_014-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2001/pl_009-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1945/pl_001-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1965/pl_002-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1966/pl_003-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1982/pl_004-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1983/pl_005-24_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1984/pl_006-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1985/pl_007-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2012/pl_008-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2013/pl_010-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2014/pl_011-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2015/pl_012-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2016/pl_013-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2161/pl_015-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2117/pl_016-2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2118/pl_017-2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2119/pl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2120/pl_019-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2177/pl_021-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2195/pl_022-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2196/pl_023-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2197/pl_024-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2198/pl_025-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2205/pl_026-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2252/pl_027-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2242/pl_028-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2269/pl_029-2024_executivo_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2240/pl_030-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2251/pl_031-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2270/pl_032-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2275/pl_033-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1942/pl_001-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1943/pl_002-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1944/pl_003-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1946/pl_004-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1947/pl_005-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1948/pl_006-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1949/pl_007-24_executivo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1968/pl_008-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1967/pl_009-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1969/pl_010-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1970/pl_011-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1971/pl_012-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2003/pl_014-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2084/pl_015-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2010/pl_016-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2009/pl_017-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2011/pl_018-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2034/pl_019-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2035/pl_020-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2036/pl_021-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2037/pl_022-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2064/pl_023-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2065/pl_024-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2083/pl_025-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2106/pl_026-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2108/pl_027-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2110/pl_028-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2121/pl_029-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2124/pl_031-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2125/pl_032-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2136/pl_033-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2149/pl_034-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2145/pl_035-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2147/pl_036-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2148/pl_037-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2163/pl_039-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2164/pl_040-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2178/pl_041-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2179/pl_042-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2180/pl_043-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2181/pl_044-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2182/pl_045-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2183/pl_046-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2206/pl_047-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2209/pl_048-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2217/pl_049-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2231/pl_050-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2241/pl_051-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2260/pl_052-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2272/pl_054-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2273/pl_055-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2274/pl_056-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2281/pl_057-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2288/pl_060-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2033/pres_001-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2066/pres_002-24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2210/pres_003-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/1964/mocao_001-2024_reduzido.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2107/mocao_010-2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2114/mocao_011-2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2024/2166/termo_de_ciencia_compromisso_e_responsabilidade.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H321"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="220.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>