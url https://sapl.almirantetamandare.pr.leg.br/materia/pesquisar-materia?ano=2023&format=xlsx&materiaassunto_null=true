--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -54,1343 +54,1343 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Manoel Franco - Homem do Chapéu</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1891/ind_295-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1891/ind_295-2023.pdf</t>
   </si>
   <si>
     <t>Solicitação de Pavimentação Asfáltica.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1892/ind_296-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1892/ind_296-2023.pdf</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Nilson Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1889/ind_297-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1889/ind_297-2023.pdf</t>
   </si>
   <si>
     <t>Manutenção de Ruas.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1890/ind_298-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1890/ind_298-2023.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações à Comissão Organizadora da Segunda festa do Morango 2023</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>Cezar Manfron</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1888/ind_299-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1888/ind_299-2023.pdf</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Amarildo Portes</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1894/ind_300-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1894/ind_300-2023.pdf</t>
   </si>
   <si>
     <t>Manutenção de ruas.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1895/ind_301-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1895/ind_301-2023.pdf</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1897/ind_302-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1897/ind_302-2023.pdf</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>Polaco</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1896/ind_303-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1896/ind_303-2023.pdf</t>
   </si>
   <si>
     <t>Manutenção de Pontes.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>Roque Luiz</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1898/ind_304-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1898/ind_304-2023.pdf</t>
   </si>
   <si>
     <t>Solicitar à concessionária da linha férrea, que proceda o conserto das passagens de nível nas ruas do Município.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1899/ind_305-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1899/ind_305-2023.pdf</t>
   </si>
   <si>
     <t>Manutenção de Ruas</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1900/ind_306-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1900/ind_306-2023.pdf</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1901/ind_307-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1901/ind_307-2023.pdf</t>
   </si>
   <si>
     <t>Pedido de Pavimentação.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1902/ind_308-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1902/ind_308-2023.pdf</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1903/ind_309-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1903/ind_309-2023.pdf</t>
   </si>
   <si>
     <t>Troca e manutenção de lâmpadas.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1914/ind_310-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1914/ind_310-2023.pdf</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1915/ind_311-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1915/ind_311-2023.pdf</t>
   </si>
   <si>
     <t>Poda de árvores.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1909/ind_312-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1909/ind_312-2023.pdf</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1908/ind_313-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1908/ind_313-2023.pdf</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1913/ind_314-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1913/ind_314-2023.pdf</t>
   </si>
   <si>
     <t>Instalação de redutor de velocidade.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>Walter Purkote</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1906/ind_315-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1906/ind_315-2023.pdf</t>
   </si>
   <si>
     <t>Pedido para que os Correios entreguem cartas ao bairro Chico Mendes.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1907/ind_316-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1907/ind_316-2023.pdf</t>
   </si>
   <si>
     <t>Limpeza de bueiros e de travessia.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1911/ind_317-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1911/ind_317-2023.pdf</t>
   </si>
   <si>
     <t>Realização de pavimentação asfáltica.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1910/ind_318-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1910/ind_318-2023.pdf</t>
   </si>
   <si>
     <t>Solicitação de pavimentação asfáltica.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1918/ind_319-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1918/ind_319-2023.pdf</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1917/ind_320-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1917/ind_320-2023.pdf</t>
   </si>
   <si>
     <t>Limpeza, instalação de lixeiras e poste de luz.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1920/ind_321-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1920/ind_321-2023.pdf</t>
   </si>
   <si>
     <t>Limpeza de Manilhas</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1926/ind_322-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1926/ind_322-2023.pdf</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1925/ind_323-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1925/ind_323-2023.pdf</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1927/ind_324-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1927/ind_324-2023.pdf</t>
   </si>
   <si>
     <t>Realização de pavimentação de ruas.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1928/ind_325-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1928/ind_325-2023.pdf</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1929/ind_326-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1929/ind_326-2023.pdf</t>
   </si>
   <si>
     <t>Solicitação de vistoria nos rios.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1934/ind_328-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1934/ind_328-2023.pdf</t>
   </si>
   <si>
     <t>Manutenção de ruas</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1935/ind_329-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1935/ind_329-2023.pdf</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1938/ind_332.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1938/ind_332.pdf</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1939/ind_333.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1939/ind_333.pdf</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1940/ind_334.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1940/ind_334.pdf</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1941/ind_335.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1941/ind_335.pdf</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/decreto_legislativo_no002-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/decreto_legislativo_no002-2023.pdf</t>
   </si>
   <si>
     <t>"Aprova a prestação de contas do Poder Executivo do Município de Almirante Tamandaré, relativas ao exercício financeiro de 2020 e dá outras previdências"</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/decreto_legislativo_n_o_008-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/decreto_legislativo_n_o_008-2023.pdf</t>
   </si>
   <si>
     <t>“Concede licença ao prefeito para se ausentar do Território Nacional e do Território do Município no exercício de 2023"</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/decreto_legislativo_no009-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/decreto_legislativo_no009-2023.pdf</t>
   </si>
   <si>
     <t>"Aprova Prestação de Contas do Poder Executivo do Município de Almirante Tamandaré, relativas ao exercício financeiro de 2021 e dá outras providências" DECRETO LEGISLATIVO Nº 009/2023</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>FOF - Comissão de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_decreto_do_legislativo_no010-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_decreto_do_legislativo_no010-2023.pdf</t>
   </si>
   <si>
     <t>"Aprova Prestação de contas do poder executivo do Município de Almirante Tamandaré relativas ao exercício de 2013."</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/emenda_lei_organica_no001-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/emenda_lei_organica_no001-2023.pdf</t>
   </si>
   <si>
     <t>"Revoga o Art. nº 201 da Lei Orgânica do Município de Almirante Tamandaré em atendimento ao Art. 40 §13 da Constituição Nacional"</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/emenda_lei_organica_no002-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/emenda_lei_organica_no002-2023.pdf</t>
   </si>
   <si>
     <t>"Acrescenta o paragrafo único ao Art. 14, e ao Art. 49 os Incisos V e VI da Lei Orgânica do Município de Almirante Tamandaré e dá outras Providências"</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Gerson Colodel</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1745/projeto_de_lei_complementar_executivo_no_22-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1745/projeto_de_lei_complementar_executivo_no_22-2023.pdf</t>
   </si>
   <si>
     <t>"Altera o art. 171 da Lei Complementar nº 19 de 11 de novembro de 2011 e dá outras providencias"</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/untitled_20230306_112424.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/untitled_20230306_112424.pdf</t>
   </si>
   <si>
     <t>"Altera e revoga dispositivos da Lei Municipal nº 2312/2022 de 18 de maio de 2022, e dá outras providências"</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/projeto_de_lei_do_executivo_no002-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/projeto_de_lei_do_executivo_no002-2023.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei 1578/2011 de 12 de Julho de 2011 e dá outras providências"</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/projeto_de_lei_do_executivo_no003-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/projeto_de_lei_do_executivo_no003-2023.pdf</t>
   </si>
   <si>
     <t>"Denomina Praça Municipal Wilson Muraro o logradouro inominado, localizado no Jardim Areias e dá outras previdências"</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/projeto_de_lei_do_executivo_no004-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/projeto_de_lei_do_executivo_no004-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de Próprio Público situado á avenida Professor Alberto Piekarz 2790, Colônia Ântonio Prado"</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/projeto_de_lei_do_executivo_no005-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/projeto_de_lei_do_executivo_no005-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza ao Poder Executivo Municipal a contratar operação de Crédito com Agência de Fomento do Paraná"</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/projeto_de_lei_do_executivo_no006-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/projeto_de_lei_do_executivo_no006-2023.pdf</t>
   </si>
   <si>
     <t>"Denomina Praça Municipal Marcelo Henrique Calvalcanti"</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/projeto_de_lei_do_executivo_no007-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/projeto_de_lei_do_executivo_no007-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza ao Poder Executivo Municipal a contratar operação de Crédito com a Caixa Econômica Federal, e dá outras providências"</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/projeto_de_lei_do_executivo_no008-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/projeto_de_lei_do_executivo_no008-2023.pdf</t>
   </si>
   <si>
     <t>"Altera o Art. nº3 da Lei nº 2088/2018"</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/projeto_de_lei_do_executivo_no_009-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/projeto_de_lei_do_executivo_no_009-2023.pdf</t>
   </si>
   <si>
     <t>"Revoga o inciso II do art. 77 - A, da Lei  Municipal nº 865/2001 de 14 de dezembro de 2001, ante inconstitucionalidade da participação como membros de Conselhos Municipais, integrantes do poder Legislativo"</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1673/projeto_de_lei_do_executivo_no_010-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1673/projeto_de_lei_do_executivo_no_010-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a criação da Guarda Municipal no Município de Almirante Tamandaré a da outra previdência correlata"</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_do_executivo_no_011-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_do_executivo_no_011-2023.pdf</t>
   </si>
   <si>
     <t>"Acrescenta sobre a Lei Complementar nº 20, de 11 de novembro de 2011, a criação do Cargo  de Guarda Municipal,  e estipula a progressão vertical, escolaridade, atribuições, carga horária e vencimentos do cargo Guarda Municipal, inclui vagas e dá outras previdências"</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1675/projeto_de_lei_do_executivo_no_012-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1675/projeto_de_lei_do_executivo_no_012-2023.pdf</t>
   </si>
   <si>
     <t>"Altera  e atualiza termos e definições contidas  na Lei nº 2201/2020 de 15 de Junho de 2020, que versa sobre sistema municipal de cultura de almirante Tamandaré/PR"</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1676/projeto_de_lei_do_executivo_no_013-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1676/projeto_de_lei_do_executivo_no_013-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição da perda do poder aquisitivo dos servidores públicos municipais no período de maio de 2023"</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1746/projeto_de_lei_do_executivo_no_14-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1746/projeto_de_lei_do_executivo_no_14-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a atualização da Política Municipal da pessoa Idosa e sobre o Conselho Municipal dos direitos da pessoa Idosa"</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1684/projeto_de_lei_do_executivo_no_015-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1684/projeto_de_lei_do_executivo_no_015-2023.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo da Lei 2161/2019, visando ampliar a vida útil dos Táxis de 8 para 12 anos"</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1681/projeto_de_lei_do_executivo_no_016-2023.1.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1681/projeto_de_lei_do_executivo_no_016-2023.1.pdf</t>
   </si>
   <si>
     <t>"Institui o programa Bolsa Creche"</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_executivo_no_017-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_executivo_no_017-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a prescrição de Medicamentos  e Solicitação de Exames por enfermeiros na Atenção primária do Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/projeto_de_lei_executivo_no_020-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/projeto_de_lei_executivo_no_020-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza ao Poder Executivo Municipal a contratar operação de crédito com Agência de Fomento do Paraná S.A."</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/projeto_legislativo_no_021-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/projeto_legislativo_no_021-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a Contratar Operações de Crédito com Banco regional de desenvolvimento do extremo sul - BRDE, e dá outra providencias"</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1748/projeto_de_lei_ordinaria_executivo_no_23-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1748/projeto_de_lei_ordinaria_executivo_no_23-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre programa municipal de desenvolvimento econômico, do setor comercial, industrial, turístico de prestação de serviço"</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1749/projeto_de_lei_ordinaria_executivo_no_24-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1749/projeto_de_lei_ordinaria_executivo_no_24-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a receber, fazer doação, permuta, repasse ou descarte de livros das Bibliotecas Públicas do Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_do_executivo_no_25-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_do_executivo_no_25-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a definição de critérios de escolha mediante consulta à comunidade educacional para designação de gestores educacionais da rede municipal de educação básica do município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_ordinaria_executivo_no_26-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_ordinaria_executivo_no_26-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre aprovação de prestação de currículo da Rede Municipal da Educação do Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_ordinaria_executivo_no_27-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_ordinaria_executivo_no_27-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza  abertura de crédito especial suplementar e dá outras providências"</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/projeto_de_lei_do_executivo_no_28-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/projeto_de_lei_do_executivo_no_28-2023.pdf</t>
   </si>
   <si>
     <t>"Institui o conselho Municipal de Alimentação Escolar"</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1754/projeto_de_lei_ordinaria_no_29-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1754/projeto_de_lei_ordinaria_no_29-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza  a abertura de crédito especial suplementar e dá outras providências"</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1932/ldo_2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1932/ldo_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei de Diretrizes Orçamentárias do Município de Almirante Tamandaré para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_do_executivo_no_037-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_do_executivo_no_037-2023.pdf</t>
   </si>
   <si>
     <t>"Instituí programa de pagamento diferenciado de dívidas Tributárias ajuizadas ou de IPTU, ISS e Taxas de Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1933/loa_2024.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1933/loa_2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Almirante Tamandaré para o Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1919/pl_040.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1919/pl_040.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, e dá outras providências".</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1936/projeto_de_lei_41-2023_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1936/projeto_de_lei_41-2023_executivo.pdf</t>
   </si>
   <si>
     <t>“Cria o Programa Médico Itinerante no Município de Almirante Tamandaré e dá outras providências”.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/lei_no_2.364-2023_projeto_no001-2023_cezar_manfron.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/lei_no_2.364-2023_projeto_no001-2023_cezar_manfron.pdf</t>
   </si>
   <si>
     <t>"DECLARA UTILIDADE PÚBLICA A ASSOSSIOÇÃO CASA DO PEDRINHO" _x000D_
 _x000D_
 Sancionado mediante Lei 2364/2023</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>Paulão</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/projeto_de_lei_do_legislativo_no_002-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/projeto_de_lei_do_legislativo_no_002-2023.pdf</t>
   </si>
   <si>
     <t>"Da denominação de logradouro público que especifica" Rua LOURDES MILINOFRE Sancionado Mediante lei 2379-2023</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/projeto_de_lei_do_legislativo_no003-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/projeto_de_lei_do_legislativo_no003-2023.pdf</t>
   </si>
   <si>
     <t>"Da denominação de logradouro público" Fica denominada Rua AIRTON BELINO_x000D_
 Sancionado Mediante Lei Nº 2378/2023</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/lei_2.365-2023_projeto_de_lei_4-2023_polaco.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/lei_2.365-2023_projeto_de_lei_4-2023_polaco.pdf</t>
   </si>
   <si>
     <t>"Instituí a corrida de Rua Inclusiva denominada (corrida dos minérios), no calendário Oficial de Eventos do Município de Almirante Tamandaré" _x000D_
  _x000D_
 Sancionado mediante lei 2365/2023</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>Wallison Romero</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/lei_no_2.367-2023_projeto_6-2023_wallison_romero.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/lei_no_2.367-2023_projeto_6-2023_wallison_romero.pdf</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública a Associação de Amigos Criança Feliz" _x000D_
 _x000D_
 Sancionado mediante LEI Nº 2.3672023</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/projeto_de_lei__do_legislativo_no_013-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/projeto_de_lei__do_legislativo_no_013-2023.pdf</t>
   </si>
   <si>
     <t>"Da denominação de próprio público que especifica"  Fica denominada a Quadra Poliesportiva Rouque Stocco. Sancionado Mediante Lei LEI Nº 2.361/2023</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/projeto_de_lei_no_016-2023_sancionado_lei_2373-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/projeto_de_lei_no_016-2023_sancionado_lei_2373-2023.pdf</t>
   </si>
   <si>
     <t>"Cria Programa de Incentivo a Doação de Cabelos para Pessoas em Tratamento de Câncer no Município de Almirante Tamandaré"_x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2373/2023</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/projeto_de_lei_do_legislativo_no_024_sancionado_lei_2372-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/projeto_de_lei_do_legislativo_no_024_sancionado_lei_2372-2023.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PUBLICA AO INSTITUTO SPES"_x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2372/2023</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1678/projeto_de_lei_do_legislativo_no025-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1678/projeto_de_lei_do_legislativo_no025-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a implantação de vagas de estacionamento preferenciais reservadas ás pessoas com transtorno de espectro autista TEA, sinalizadas com o símbolo mundial de conscientização do autismo" Sancionado Mediante Lei 2391/2023</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1677/projeto_de_lei_do_legislativo_no_023-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1677/projeto_de_lei_do_legislativo_no_023-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inserção do Símbolo do Transtorno de Espectro Autista (TEA) para a identificação de assentos especiais no transporte coletivo público no âmbito do Município de Almirante Tamandaré" Sancionado Mediante Lei 2390-2023</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/projeto_de_lei_do_legislativo_no030-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/projeto_de_lei_do_legislativo_no030-2023.pdf</t>
   </si>
   <si>
     <t>"Da denominação de Logradouro público que especifica" Rua Jose Dias Pinto</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>Denys Moraes</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/projeto_de_lei_do_legislativo_no_031-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/projeto_de_lei_do_legislativo_no_031-2023.pdf</t>
   </si>
   <si>
     <t>"Da denominação de Logradouro Público que especifica" Rua Clara Govatiski_x000D_
 Sancionado Mediante LEI Nº 2.382/2023</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/projeto_de_lei_do_legislativo_no_032-2023_sancionado_lei_2377-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/projeto_de_lei_do_legislativo_no_032-2023_sancionado_lei_2377-2023.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica" Altera Artigo 1 da Lei 2218 de 1 de dezembro de 2020" Rua Clyton Domingos Wilke"_x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2377/2023</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Ferrugem</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/projeto_de_lei_do_legislativo_no034-2023_ferrugem.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/projeto_de_lei_do_legislativo_no034-2023_ferrugem.pdf</t>
   </si>
   <si>
     <t>"Dá denominação do próprio público que especifica" Unidade de Saúde Iram Antônio Scapini"</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1679/projeto_de_lei_do_legislativo_no_037-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1679/projeto_de_lei_do_legislativo_no_037-2023.pdf</t>
   </si>
   <si>
     <t>Altera Lei Municipal nº 522/1996</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1680/projeto_de_lei_do_legislativo_no_039-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1680/projeto_de_lei_do_legislativo_no_039-2023.pdf</t>
   </si>
   <si>
     <t>"Instituí vale transporte para os servidores em atividade da Câmara Municipal de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Claudinho Zoinho</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1916/043-2023_legislativo_assinado_assinado_2.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1916/043-2023_legislativo_assinado_assinado_2.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei nº 1360/2008, de 26 de junho de 2008 e dá outras providências". WALDIR ESMANHOTO</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_legislativo_no_044-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_legislativo_no_044-2023.pdf</t>
   </si>
   <si>
     <t>"Dá denominação ao Portal de entrada do nosso município o que se especifica"</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1922/pl_045-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1922/pl_045-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 2.240/2021 de 30 de julho de 2021. Dá denominação a logradouro público a que se especifica".</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1923/lei_046-2023_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1923/lei_046-2023_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público a que se especifica".</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1924/lei_047-2023_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1924/lei_047-2023_legislativo.pdf</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Projeto de Lei 048/2023 - "Dispõe sobre a implantação do PROJETO SAMUZINHO NAS ESCOLAS, e a inserção de Programa de Capacitação de Primeiros Socorros aos Funcionários das Escolas e CMEIS da Rede de Ensino Públicas e Privadas".</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1795/projeto_de_lei_do_legislativo_049-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1795/projeto_de_lei_do_legislativo_049-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da queima, soltura e manuseio de fogos de artifício e artefatos pirotécnicos de alto impacto ou com efeitos de tiro.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Projeto de Lei 051/2023 - "Institui no Município o direito de o contribuinte ter acesso a meios e formas de pagamento digital para quitação de débitos de natureza tributária, multas, taxas e contribuições".</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Projeto de Lei 053/2023 - "Declaração de Utilidade Pública a APMF do Centro Estadual de Educação Profissional Teodoro de Bona".</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1930/lei_055-2023_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1930/lei_055-2023_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá denominação de logradouro público que especifica.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de diárias a vereadores e servidores do Poder Legislativo de Almirante Tamandaré e dá outras providências".</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1931/pl_057-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1931/pl_057-2023.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público a que se especifica.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1937/plol_058-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1937/plol_058-2023.pdf</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/projeto_de_resolucao_no001-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/projeto_de_resolucao_no001-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Participação de Vereadores da Câmara Municipal de Almirante Tamandaré na XXIV Marcha à Brasília-DF"</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/projeto_de_resolucao_no_002-2023_mesa.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/projeto_de_resolucao_no_002-2023_mesa.pdf</t>
   </si>
   <si>
     <t>"Autoriza a participação de Vereadores da Câmara Municipal de Almirante Tamandaré na XXII Marcha legislativos Municipais a Brasília"</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1887/prel_005-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1887/prel_005-2023.pdf</t>
   </si>
   <si>
     <t>"Institui Comissão Especial para Representar a Câmara Municipal de Almirante Tamandaré no Encontro Nacional de Gestores e Legislativos Municipais no Município de Foz do Iguaçu - Paraná".</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1868/prel_006-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1868/prel_006-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Procuradoria da Mulher no âmbito do Poder Legislativo do Município de Almirante Tamandaré e dá outras providências".</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1921/projeto_de_resolucao_7-2023.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1921/projeto_de_resolucao_7-2023.pdf</t>
   </si>
   <si>
     <t>"Institui Comissão Especial para representar a Câmara Municipal de Almirante Tamandaré no Encontro Nacional de Gestores e Legislativos Municipais no Municípios de Foz do Iguaçu - Paraná".</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_complementar_001-2023_manfron.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_complementar_001-2023_manfron.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o programa REGULARIZATAMANDARE e a regulamentação para regularização das edificações existentes no Município de Almirante Tamandaré e dá outras providências".</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1904/denuncia_ferrugem.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1904/denuncia_ferrugem.pdf</t>
   </si>
   <si>
     <t>Representação para abertura de Comissão Processante em face de Valtemir Honório dos Santos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1697,67 +1697,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1891/ind_295-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1892/ind_296-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1889/ind_297-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1890/ind_298-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1888/ind_299-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1894/ind_300-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1895/ind_301-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1897/ind_302-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1896/ind_303-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1898/ind_304-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1899/ind_305-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1900/ind_306-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1901/ind_307-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1902/ind_308-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1903/ind_309-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1914/ind_310-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1915/ind_311-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1909/ind_312-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1908/ind_313-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1913/ind_314-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1906/ind_315-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1907/ind_316-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1911/ind_317-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1910/ind_318-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1918/ind_319-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1917/ind_320-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1920/ind_321-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1926/ind_322-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1925/ind_323-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1927/ind_324-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1928/ind_325-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1929/ind_326-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1934/ind_328-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1935/ind_329-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1938/ind_332.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1939/ind_333.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1940/ind_334.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1941/ind_335.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/decreto_legislativo_no002-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/decreto_legislativo_n_o_008-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/decreto_legislativo_no009-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_decreto_do_legislativo_no010-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/emenda_lei_organica_no001-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/emenda_lei_organica_no002-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1745/projeto_de_lei_complementar_executivo_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/untitled_20230306_112424.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/projeto_de_lei_do_executivo_no002-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/projeto_de_lei_do_executivo_no003-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/projeto_de_lei_do_executivo_no004-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/projeto_de_lei_do_executivo_no005-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/projeto_de_lei_do_executivo_no006-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/projeto_de_lei_do_executivo_no007-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/projeto_de_lei_do_executivo_no008-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/projeto_de_lei_do_executivo_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1673/projeto_de_lei_do_executivo_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_do_executivo_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1675/projeto_de_lei_do_executivo_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1676/projeto_de_lei_do_executivo_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1746/projeto_de_lei_do_executivo_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1684/projeto_de_lei_do_executivo_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1681/projeto_de_lei_do_executivo_no_016-2023.1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_executivo_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/projeto_de_lei_executivo_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/projeto_legislativo_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1748/projeto_de_lei_ordinaria_executivo_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1749/projeto_de_lei_ordinaria_executivo_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_do_executivo_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_ordinaria_executivo_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_ordinaria_executivo_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/projeto_de_lei_do_executivo_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1754/projeto_de_lei_ordinaria_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1932/ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_do_executivo_no_037-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1933/loa_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1919/pl_040.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1936/projeto_de_lei_41-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/lei_no_2.364-2023_projeto_no001-2023_cezar_manfron.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/projeto_de_lei_do_legislativo_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/projeto_de_lei_do_legislativo_no003-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/lei_2.365-2023_projeto_de_lei_4-2023_polaco.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/lei_no_2.367-2023_projeto_6-2023_wallison_romero.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/projeto_de_lei__do_legislativo_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/projeto_de_lei_no_016-2023_sancionado_lei_2373-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/projeto_de_lei_do_legislativo_no_024_sancionado_lei_2372-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1678/projeto_de_lei_do_legislativo_no025-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1677/projeto_de_lei_do_legislativo_no_023-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/projeto_de_lei_do_legislativo_no030-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/projeto_de_lei_do_legislativo_no_031-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/projeto_de_lei_do_legislativo_no_032-2023_sancionado_lei_2377-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/projeto_de_lei_do_legislativo_no034-2023_ferrugem.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1679/projeto_de_lei_do_legislativo_no_037-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1680/projeto_de_lei_do_legislativo_no_039-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1916/043-2023_legislativo_assinado_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_legislativo_no_044-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1922/pl_045-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1923/lei_046-2023_legislativo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1924/lei_047-2023_legislativo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1795/projeto_de_lei_do_legislativo_049-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1930/lei_055-2023_legislativo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1931/pl_057-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1937/plol_058-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/projeto_de_resolucao_no001-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/projeto_de_resolucao_no_002-2023_mesa.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1887/prel_005-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1868/prel_006-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1921/projeto_de_resolucao_7-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_complementar_001-2023_manfron.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1904/denuncia_ferrugem.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1891/ind_295-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1892/ind_296-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1889/ind_297-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1890/ind_298-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1888/ind_299-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1894/ind_300-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1895/ind_301-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1897/ind_302-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1896/ind_303-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1898/ind_304-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1899/ind_305-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1900/ind_306-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1901/ind_307-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1902/ind_308-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1903/ind_309-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1914/ind_310-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1915/ind_311-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1909/ind_312-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1908/ind_313-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1913/ind_314-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1906/ind_315-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1907/ind_316-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1911/ind_317-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1910/ind_318-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1918/ind_319-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1917/ind_320-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1920/ind_321-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1926/ind_322-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1925/ind_323-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1927/ind_324-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1928/ind_325-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1929/ind_326-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1934/ind_328-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1935/ind_329-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1938/ind_332.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1939/ind_333.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1940/ind_334.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1941/ind_335.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/decreto_legislativo_no002-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/decreto_legislativo_n_o_008-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/decreto_legislativo_no009-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_decreto_do_legislativo_no010-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/emenda_lei_organica_no001-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/emenda_lei_organica_no002-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1745/projeto_de_lei_complementar_executivo_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/untitled_20230306_112424.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/projeto_de_lei_do_executivo_no002-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/projeto_de_lei_do_executivo_no003-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/projeto_de_lei_do_executivo_no004-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/projeto_de_lei_do_executivo_no005-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/projeto_de_lei_do_executivo_no006-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/projeto_de_lei_do_executivo_no007-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/projeto_de_lei_do_executivo_no008-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/projeto_de_lei_do_executivo_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1673/projeto_de_lei_do_executivo_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_do_executivo_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1675/projeto_de_lei_do_executivo_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1676/projeto_de_lei_do_executivo_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1746/projeto_de_lei_do_executivo_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1684/projeto_de_lei_do_executivo_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1681/projeto_de_lei_do_executivo_no_016-2023.1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_executivo_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/projeto_de_lei_executivo_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/projeto_legislativo_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1748/projeto_de_lei_ordinaria_executivo_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1749/projeto_de_lei_ordinaria_executivo_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_do_executivo_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_ordinaria_executivo_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_ordinaria_executivo_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/projeto_de_lei_do_executivo_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1754/projeto_de_lei_ordinaria_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1932/ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_do_executivo_no_037-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1933/loa_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1919/pl_040.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1936/projeto_de_lei_41-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/lei_no_2.364-2023_projeto_no001-2023_cezar_manfron.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/projeto_de_lei_do_legislativo_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/projeto_de_lei_do_legislativo_no003-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/lei_2.365-2023_projeto_de_lei_4-2023_polaco.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/lei_no_2.367-2023_projeto_6-2023_wallison_romero.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/projeto_de_lei__do_legislativo_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/projeto_de_lei_no_016-2023_sancionado_lei_2373-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/projeto_de_lei_do_legislativo_no_024_sancionado_lei_2372-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1678/projeto_de_lei_do_legislativo_no025-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1677/projeto_de_lei_do_legislativo_no_023-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/projeto_de_lei_do_legislativo_no030-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/projeto_de_lei_do_legislativo_no_031-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/projeto_de_lei_do_legislativo_no_032-2023_sancionado_lei_2377-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/projeto_de_lei_do_legislativo_no034-2023_ferrugem.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1679/projeto_de_lei_do_legislativo_no_037-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1680/projeto_de_lei_do_legislativo_no_039-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1916/043-2023_legislativo_assinado_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_legislativo_no_044-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1922/pl_045-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1923/lei_046-2023_legislativo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1924/lei_047-2023_legislativo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1795/projeto_de_lei_do_legislativo_049-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1930/lei_055-2023_legislativo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1931/pl_057-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1937/plol_058-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/projeto_de_resolucao_no001-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/projeto_de_resolucao_no_002-2023_mesa.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1887/prel_005-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1868/prel_006-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1921/projeto_de_resolucao_7-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_complementar_001-2023_manfron.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2023/1904/denuncia_ferrugem.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="148.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="148" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="237.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>