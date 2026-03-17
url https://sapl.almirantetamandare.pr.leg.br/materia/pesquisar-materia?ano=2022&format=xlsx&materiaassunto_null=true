--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -51,1160 +51,1160 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO  N°001/2022 "ESTABELECE NORMAS PARA PROGRAMAÇÃO E EXECUÇÃO ORÇAMENTÁRIA E FINANCEIRA DO ORÇAMENTO DA CÂMARA MUNICIPAL DE ALMIRANTE TAMANDARÉ PARA O EXERCICIO DO ANO DE 2022 E DA OUTRAS PROVIDENCIAS"</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1501/decreto_n_002-2022_-_camara_municipal_de_almirante_tamandare.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1501/decreto_n_002-2022_-_camara_municipal_de_almirante_tamandare.pdf</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO N°002/2022 "ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE DA CÂMARA MUNICIPAL DE ALMIRANTE TAMANDARE."</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Paulão</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1601/projeto_de_decreto_n_001-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1601/projeto_de_decreto_n_001-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO Nº 001/2022_x000D_
 "Outorga ao Ilustríssimo Senhor ADONAI_x000D_
 AIRES DE ARRUDA o título de Cidadão_x000D_
 Honorário de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CLJR - Comissão Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1602/projeto_de_decreto__n_004-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1602/projeto_de_decreto__n_004-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"OUTORGA AO ILUSTRÍSSIMO SENHOR JOÃO GERÔNIMO FILHO O_x000D_
 TÍTULO DE CIDADÃO HONORÁRIO DE ALMIRANTE TAMANDARÉ".</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1603/projeto_de_decreto_n_005-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1603/projeto_de_decreto_n_005-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"OUTORGA AO ILUSTRÍSSIMO SENHOR MANASSES OLIVEIRA DA_x000D_
 SILVA O TÍTULO DE CIDADÃO HONORÁRIO DE ALMIRANTE_x000D_
 TAMANDARÉ".</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1610/projeto_de_decreto_n_008-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1610/projeto_de_decreto_n_008-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"CONCEDE LICENÇA AO PREFEITO PARA SE AUSENTAR DO TERRITÓRIO NACIONAL E DO TERRITÓRIO DO MUNICÍPIO NO EXERCÍCIO 2022"</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1640/decreto_legislativo_no_009-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1640/decreto_legislativo_no_009-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a dispensa de Licitação, na modalidade eletrônica, de que trata a Lei   nº 14.113, de 1° de abril de 2021 no âmbito de Câmara Municipal de Almirante Tamandaré e dá outras providências"</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Gerson Colodel</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1587/projeto_de_lei_complementar_n_002-2022_-_executivo_-_ok.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1587/projeto_de_lei_complementar_n_002-2022_-_executivo_-_ok.pdf</t>
   </si>
   <si>
     <t>"Acrescenta o §4° e §5° ao Art. 62, da Lei_x000D_
 Complementar nº 87 /2019, de 1 O de julho de 2019 e cria_x000D_
 os Arts. 60-A 60-B na Lei 87 /2019, de 1 O de julho de_x000D_
 2019".</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1591/projeto_de_lei_complementar_n_006-2022_-_ok.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1591/projeto_de_lei_complementar_n_006-2022_-_ok.pdf</t>
   </si>
   <si>
     <t>"altera o § 1º, do Art. 11, da Lei complementar nº 18 de 29 de agosto de 2011"</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1592/projeto_de_lei_n_007-2022_-_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1592/projeto_de_lei_n_007-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo li da Lei Complementar nº_x000D_
 078/2018 de 12 de dezembro de 2018".</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1585/projeto_de_lei_complementar_executivp_no_014-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1585/projeto_de_lei_complementar_executivp_no_014-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição da perda do poder aquisitivo do Servidores Públicos Municipais no Período de Maio  de 2021 a  Abril de 2022"</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1634/projeto_de_lei_complementar_executivo_no_032-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1634/projeto_de_lei_complementar_executivo_no_032-2022.pdf</t>
   </si>
   <si>
     <t>"Fixa o piso Salarial Municipal dos enfermeiros, técnicos de Enfermagem e Auxiliares de Enfermagem, na forma que especifica"</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1635/projeto_de_lei_complemantear_do_executivo_no034-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1635/projeto_de_lei_complemantear_do_executivo_no034-2022.pdf</t>
   </si>
   <si>
     <t>"Institui novo código Tributário do Município de Almirante Tamandaré e Revoga Lei Complementar nº 014/2019"</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1586/projeto_de_lei_n_001-_2022_-_executivo_-_ok.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1586/projeto_de_lei_n_001-_2022_-_executivo_-_ok.pdf</t>
   </si>
   <si>
     <t>"Ratifica a 4ª Alteração e Consolidação do Contrato do_x000D_
 Consórcio Metropolitano de Saúde e Assistência Social_x000D_
 do Paraná - COMESP e autoriza a permanência do_x000D_
 município de Almirante Tamandaré/PR no agora_x000D_
 denominado CONSÓRCIO METROPOLITANO DE_x000D_
 SERVIÇOS DO PARANÁ COMESP e dá outras_x000D_
 providências".</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1588/projeto_de_lei_n003-2022_-_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1588/projeto_de_lei_n003-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da Súmula e dos anexos I e II da Lei Municipal Nº 2263/2021 de 13 de agosto de 2021 para correção  de erro material e dá outras previdências"</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1589/projeto_de_lei_n_004-2022_-_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1589/projeto_de_lei_n_004-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobra a padronização, alinhamento e identificação da fiação aérea  no Município de Almirante Tamandaré, e dá outras previdências"</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1590/projeto_de_lei_n_005-2022_-_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1590/projeto_de_lei_n_005-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>"Cria Casa do conselhos municipais de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1593/projeto_de_lei_n008-2022_-_executivo_-_ok.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1593/projeto_de_lei_n008-2022_-_executivo_-_ok.pdf</t>
   </si>
   <si>
     <t>"Institui o Plano Municipal de Saneamento Básico -_x000D_
 PMSB de Almirante Tamandaré e dá outras providências".</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1594/projeto_de_lei_n_009_-2022_-_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1594/projeto_de_lei_n_009_-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o parcelamento dos repasses de contribuição_x000D_
 patronal devidas para o Instituto de Previdência de_x000D_
 Almirante Tamandaré {IPMAT) com vencimento até 31_x000D_
 de outubro de 2021 em até 240 (duzentas e quarenta)_x000D_
 prestações mensais, previsto na Emenda Constitucional_x000D_
 nº 113/2021, e dá outras providências.".</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1595/projeto_de_lei_n_011-2022_-_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1595/projeto_de_lei_n_011-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>"Institui o Sistema de Implantação de Placas Fotovoltaicas em_x000D_
 Edificações pertencentes à Administração Pública Municipal d(e_x000D_
 Almirante Tamandaré/Pr".</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1596/projeto_de_lei_n_012-2022_-_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1596/projeto_de_lei_n_012-2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a receber patrocínio para_x000D_
 realização de eventos, campanhas, feiras, festivais, congressos,_x000D_
 seminários, festividades e dá outras providências".</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1584/projeto_de_lei_no_013-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1584/projeto_de_lei_no_013-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Reorganização administrativa do Poder Executivo do Município de Almirante Tamandaré, e dá outras previdências"_x000D_
 Sancionado: Lei Complementar 104/2022</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1583/projeto_de_lei_do_executivo_no_015-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1583/projeto_de_lei_do_executivo_no_015-2022.pdf</t>
   </si>
   <si>
     <t>" Abre Crédito Adicional Especial e dá outras providências"</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1608/projeto_de_lei_executivo_no_016-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1608/projeto_de_lei_executivo_no_016-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre normas para a implantação e compartilhamento de infraestrutura de suporte e de telecomunicações e dá outras providências"</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1614/projeto_de_lei_do_executivo_no_018-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1614/projeto_de_lei_do_executivo_no_018-2022.pdf</t>
   </si>
   <si>
     <t>"Da denominação ao próprio público que especifica"</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1615/projeto_delei_do_executivo_no_019-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1615/projeto_delei_do_executivo_no_019-2022.pdf</t>
   </si>
   <si>
     <t>"Cria o programa Banco de Alimentos do Município de Almirante Tamandaré e dá outras previdências"</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1617/projetode_lei_do_executivo_no_020-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1617/projetode_lei_do_executivo_no_020-2022.pdf</t>
   </si>
   <si>
     <t>"Institui a prática de cremação de cadáveres e incineração de restos mortais do Município, e de outras providencias"</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1621/projeto_de_lei_do_executivo_no_021-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1621/projeto_de_lei_do_executivo_no_021-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre os direitos da Pessoa com deficiência institui o conselho municipal dos direitos da pessoa com deficiência de Almirante Tamandaré institui o fundo Municipal dos direitos da pessoa com deficiência de Almirante Tamandaré, e revoga a Lei 2251/2021 e dá outras previdências."</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1626/projeto_de_lei_ordinaria_executivo__no_022-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1626/projeto_de_lei_ordinaria_executivo__no_022-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza permuta de imóvel do patrimônio público municipal, por imóvel particular"</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1622/projeto_de_lei_do_executivo_no023-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1622/projeto_de_lei_do_executivo_no023-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o poder Executivo Municipal a Adquirir, de forma onerosa, imóvel particular para o funcionamento da unidade do pronto atendimento"</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1628/projeto_de_lei_ordinaria_executivo__no_027-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1628/projeto_de_lei_ordinaria_executivo__no_027-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração de dispositivos da Lei Municipal Nº 2161/2019 de 14 de outubro de 2019, alteração da súmula e dá outras previdências".</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1643/projeto_de_lei_ordinaria-executivo_028_2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1643/projeto_de_lei_ordinaria-executivo_028_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes Orçamentarias para o exercício do ano de 2023"</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1644/projeto_de_lei_ordinaria_executivo_029_2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1644/projeto_de_lei_ordinaria_executivo_029_2022.pdf</t>
   </si>
   <si>
     <t>"Institui política de cotas raciais no Âmbito  do Poder Executivo do Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1627/projeto_de_lei_ordinaria_executivo__no_030-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1627/projeto_de_lei_ordinaria_executivo__no_030-2022.pdf</t>
   </si>
   <si>
     <t>"Denomina Praça Municipal Dionea Cordeiro Bini o Logradouro inominado, localizado no jardim Bela Vista, e dá outras providências"</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1633/projeto_de_lei_do_executivo_no_031-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1633/projeto_de_lei_do_executivo_no_031-2022.pdf</t>
   </si>
   <si>
     <t>"Altera e acrescenta dispositivos à Lei 1845/2015 que institui o Programa de Parcerias de Público Privadas do Município de Almirante Tamandaré e dá outras providencias"</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei_ordinaria_do_excutivo_no033-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei_ordinaria_do_excutivo_no033-2022.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei Municipal nº 1940/2017, altera a Lei Municipal nº 127/1991 e dispõe sobre o reajuste da remuneração dos membros do conselho tutelar de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei_ordinaria_do_executivo_035_2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei_ordinaria_do_executivo_035_2022.pdf</t>
   </si>
   <si>
     <t>"Alterações na Lei Orçamentária anual"</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1639/projeto_de_lei_ordinaria__executivo_no036-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1639/projeto_de_lei_ordinaria__executivo_no036-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito especial e dá outras providências. Abertura de crédito especial suplementar ao orçamento vigente, destinando-se a custear as despesas complementares referentes á realização do evento da Festa do Morango 2022"</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei_ordinaria___executivo_no037-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei_ordinaria___executivo_no037-2022.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial e dá outras Previdências"</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1636/projeto_de_lei_ordinaria_executivo_no_038-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1636/projeto_de_lei_ordinaria_executivo_no_038-2022.pdf</t>
   </si>
   <si>
     <t>"Instituí o programa de tratamento diferenciado de pagamento de Dívidas Tributárias ajuizadas ou não de IPTU, ISS e taxas do Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1642/projeto_de_lei__ordinaria_executivo_039_2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1642/projeto_de_lei__ordinaria_executivo_039_2022.pdf</t>
   </si>
   <si>
     <t>"Institui a Coordenadoria Municipal de Proteção ao consumidor - PROCON, o Conselho Municipal de Proteção e Defesa ao Consumidor - COMPDC, o Fundo Municipal de defesa ao consumidor- FUMPDC."</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Polaco</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1551/projeto_de_lei_n_001-_2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1551/projeto_de_lei_n_001-_2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder executivo municipal a realizar o controle populacional de cães e gatos no município de Almirante Tamandaré através de procedimento de castração cirúrgica em unidade móvel equipada, bem como convênios com clínicas e ongs"</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1552/projeto_de_lei_n_002-_2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1552/projeto_de_lei_n_002-_2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a disponibilidade de prestação de serviço de fisioterapia domiciliar assistida, acolhimento e reabilitação aos pacientes"_x000D_
 _x000D_
  LEI Nº 2.318/2022</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1540/projeto_de_lei_n004-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1540/projeto_de_lei_n004-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Da denominação a _x000D_
 próprio público que especifica". Fica denominada Praça Nair Soares de _x000D_
 Lima, sito a Rua Ângelo Prosdócimo, Rua lndaial e Rua Vereador Vicente _x000D_
 Romano Lovato. Em frente à Creche Maria lsmenia Johnson Afornali, _x000D_
 localidade de Jardim Apucarana, neste Município._x000D_
 LEI Nº 2.303/2022</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1539/projeto_de_lei_n005-2022_-_legislativo_-.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1539/projeto_de_lei_n005-2022_-_legislativo_-.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargos de provimento em comissão junto aos gabinetes parlamentares dos vereadores"</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1538/projeto_de_lei_n006-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1538/projeto_de_lei_n006-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a estrutura organizacional e administrativa da Câmara Municipal de Almirante Tamandaré"_x000D_
 _x000D_
 LEI N" 2.301 /2022</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>Cezar Manfron</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1541/projeto_de_lei_n007-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1541/projeto_de_lei_n007-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A RESERVA DE VAGA DE_x000D_
 ESTACIONAMENTO DE MERCADOS PARA TÁXIS_x000D_
 E MOTORISTAS DE APLICATIVOS, NO ÂMBITO_x000D_
 DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS"_x000D_
  SANCIONADO MEDIANTE LEI Nº 2.305/2022_x000D_
 “DISPÕE SOBRE A RESERVA DE VAGA DE_x000D_
 ESTACIONAMENTO DE MERCADOS PARA_x000D_
 TÁXIS E MOTORISTAS DE APLICATIVOS, NO_x000D_
 ÂMBITO DO MUNICÍPIO DE ALMIRANTE_x000D_
 TAMANDARÉ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>Roque Luiz</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1553/projeto_de_lei_legislativo_no009-2022_sancionado_lei_2327-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1553/projeto_de_lei_legislativo_no009-2022_sancionado_lei_2327-2022.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO A LOGRADOURO PÚBLICO A QUE SE_x000D_
 ESPECIFICA"._x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2327/2022</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1542/projeto_de_lei_n_010-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1542/projeto_de_lei_n_010-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia da Valorização ao Monitor_x000D_
 de Transporte Escolar" a ser comemorado,_x000D_
 anualmente no Dia 11 de Novembro e Dá outras_x000D_
 providências._x000D_
 LEI Nº 2.308/2022_x000D_
 "Institui o "Dia da Valorização ao Monitor do_x000D_
 Transporte Escolar'' a ser comemorado,_x000D_
 anualmente, no Dia 11 de Novembro e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1543/projeto_de_lei_n_011-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1543/projeto_de_lei_n_011-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o agendamento telefônico e/ou por aplicativo, de consultas médicas para pacientes idosos e/ou portadores de deficiências, pessoas com Tea (Transtorno de espectro autista), síndrome de down e demais pacientes com doenças raras previamente cadastradas nas unidades de saúde do município de Almirante Tamandaré."</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1544/projeto_de_lei_n_012-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1544/projeto_de_lei_n_012-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 012/2022 "INSTITUI A ÁREA DE SEGURANÇA ESCOLAR NO MUNICÍPIO DE_x000D_
 ALMIRANTE TAMANDARÉ E DÁ OUTRAS PROVIDÊNCIAS."_x000D_
 LEI Nº 2.331/2022</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>Rodrigo Pavoni</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1545/projeto_de_lei_n_013-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1545/projeto_de_lei_n_013-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 013/2022 Busca Alterar Lei 243/93 de 14 de Outubro de 1993 e de outras providências_x000D_
 LEI Nº 2.322/2022</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1546/projeto_de_lei_n_014-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1546/projeto_de_lei_n_014-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 14/2022 "Cria o Projeto de Pomarização Urbana"</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1547/projeto_de_lei__n_015-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1547/projeto_de_lei__n_015-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação das vias_x000D_
 públicas existentes, no Bairro Botiatuba em_x000D_
 Almirante Tamandaré Paraná". LEI Nº 2.326/2022</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1548/projeto_de_lei_n_017-2022_-_legislativo_-_retirado.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1548/projeto_de_lei_n_017-2022_-_legislativo_-_retirado.pdf</t>
   </si>
   <si>
     <t>" Cria o Programa "Horta Comunitária"_x000D_
 RETIRADO</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1549/projeto_de_lei_n018-2022_-_legislativo_-_retirado.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1549/projeto_de_lei_n018-2022_-_legislativo_-_retirado.pdf</t>
   </si>
   <si>
     <t>"Cria Programa de Horta Comunitária"_x000D_
 RETIRADO</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1578/projeto_de_lei_legislativo_no_019-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1578/projeto_de_lei_legislativo_no_019-2022.pdf</t>
   </si>
   <si>
     <t>"Institui programa Municipal do primeiro emprego e dispõe sobre o calculo do imposto sobre Serviços de qualquer natureza de empresa que aderir  a esse Programa"</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1550/projeto_de_lei_n_020-2022_-_retirado.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1550/projeto_de_lei_n_020-2022_-_retirado.pdf</t>
   </si>
   <si>
     <t>"Projeto de Emenda a LOM, Inclui o art. 101-A da Lei Orgânica do_x000D_
 Município de Almirante Tamandaré, que institui o Orçamento_x000D_
 Impositivo e dispõe sobre a execução orçamentária e financeira da_x000D_
 programação incluída por emendas individuais do Legislativo_x000D_
 Municipal em Lei Orçamentária Anual."_x000D_
 RETIRADO</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1579/projeto_de_lei_legislativo_no_021-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1579/projeto_de_lei_legislativo_no_021-2022.pdf</t>
   </si>
   <si>
     <t>"regulamenta o serviço de Moto táxi no Município de Almirante Tamandaré, Estado do Paraná e dá outras providências"</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1554/projeto_de_lei_n_022-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1554/projeto_de_lei_n_022-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Cria o Calendário Oficial de festas, eventos, homenagens e datas_x000D_
 comemorativas no Munícipio de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>Amauri Lovato</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1555/projeto_de_lei_n023-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1555/projeto_de_lei_n023-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público_x000D_
 a que se especifica" LEI Nº 2.328/2022_x000D_
 Fica denominada a Rua Pedro Donizete Flemingue, com início na Rua Domingos Carlesso, e término em terras de Pedro Perin, na localidade de Boixininga neste Município.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1580/projeto_de_lei_legislativo_no_024-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1580/projeto_de_lei_legislativo_no_024-2022.pdf</t>
   </si>
   <si>
     <t>"Determina que os agressores que cometerem o crime de maus tratos arquem com as despesas do tratamento do animal agredido na forma que menciona"</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1556/projeto_de_lei_n_025-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1556/projeto_de_lei_n_025-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Institui Campanha Permanente de Combate à Pedofília e ao Abuso e_x000D_
 a Exposição Sexual de Crianças e Adolescentes". LEI Nº 2.314/2022</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1557/projeto_de_lei_n_026-2022_-_legislativo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1557/projeto_de_lei_n_026-2022_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dá Denominação a logradouro público a que se especifica"._x000D_
 Cria Lei LEI Nº 2.316/2022. Fica denominada a Rua Hercílio Coelho, com início na Avenida Professor Alberto Piekarz, e término no Rio Cachoeira na localidade do bairro Cachoeira neste Município.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>Amarildo Portes</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1613/projeto_de_lei_do_legislativo_27-2022_sancionado_lei_2337-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1613/projeto_de_lei_do_legislativo_27-2022_sancionado_lei_2337-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a realização dos exames de mamografia e ultrassonografia de mama de modo preventivo, a ser disponibilizado pela rede municipal de unidades integrantes do Sistema único de Saúde - SUS, por meio da Secretaria de Saúde, nos casos de mulheres a partir dos 20 anos com histórico familiar de câncer de mama e dá outras previdências"_x000D_
 _x000D_
 _x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2337/2022</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>Wallison Romero</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1581/projeto_de_lei_do_legislativo_no_028-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1581/projeto_de_lei_do_legislativo_no_028-2022.pdf</t>
   </si>
   <si>
     <t>"Institui nas Escolas Municipais a língua brasileira de sinais-libras no Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1582/projeto_de_lei_legislativo_no_029-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1582/projeto_de_lei_legislativo_no_029-2022.pdf</t>
   </si>
   <si>
     <t>"Institui a Língua Brasileira de Sinais (Libras) e a tradução simultânea em eventos oficiais e, as transmissões em Tv ou nas redes sociais promovidos pela Prefeitura Municipal de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1597/projeto_de_lei_legislativo_no030-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1597/projeto_de_lei_legislativo_no030-2022.pdf</t>
   </si>
   <si>
     <t>"Institui no município de Almirante Tamandaré o projeto mãos que falam, para assegurar, em repartições públicas, o atendimento por tradutores e intérpretes da língua Brasileira de Sinais-Libras, para o atendimento de pessoa com deficiência, para e dá outras providências"</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1612/projeto_de_lei__do_legislativo__n_o_32-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1612/projeto_de_lei__do_legislativo__n_o_32-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do dia do Casamento Comunitário no Município de Almirante Tamandaré e dá outras previdências"</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1598/projeto_de_lei_no_033-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1598/projeto_de_lei_no_033-2022.pdf</t>
   </si>
   <si>
     <t>"Dá denominação logradouro público que especifica. Fica denominada Rua Bruno Prestes Barbosa, com início na Rua Ari de Lara Vaz e término em terras Sr. André Alves dos Santos"  cria LEI Nº 2.329/2022</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>Nilson Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1599/projeto_de_lei_legisltivo_no034-2022_sancionado_lei_2325-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1599/projeto_de_lei_legisltivo_no034-2022_sancionado_lei_2325-2022.pdf</t>
   </si>
   <si>
     <t>"Inclui o parágrafo único no art. 5º da Lei nº 1721, de 4 de setembro de 2013"_x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2325-2022</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1607/projeto_de_lei_no035-2022_sancionado_lei_2320-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1607/projeto_de_lei_no035-2022_sancionado_lei_2320-2022.pdf</t>
   </si>
   <si>
     <t>"Institui e Inclui no calendário oficial do Município de Almirante Tamandaré/PR "A semana Municipal do Brincar"_x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2320/2022</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>Claudinho Zoinho</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1606/projeto_de_lei_legislativo_no_036-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1606/projeto_de_lei_legislativo_no_036-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as denominações nas placas de inauguração em obras públicas de Almirante Tamandaré"_x000D_
 LEI Nº 2.321/2022</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1611/projeto_de_lei_legislativo_no_038-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1611/projeto_de_lei_legislativo_no_038-2022.pdf</t>
   </si>
   <si>
     <t>"Institui o junho violeta no Município de Almirante Tamandaré"_x000D_
 LEI Nº 2.330/2022</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1623/projeto_de_lei_do_legislativo_no040-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1623/projeto_de_lei_do_legislativo_no040-2022.pdf</t>
   </si>
   <si>
     <t>Institui o mês Junho Vermelho, dedicado a doação de Sangue: e concede desconto de 50% (Cinquenta por cento) nas taxas de inscrição de concursos públicos e processos seletivos aos doadores de sangue, no âmbito do Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1620/projeto_de_lei_do_legislativo_no_041-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1620/projeto_de_lei_do_legislativo_no_041-2022.pdf</t>
   </si>
   <si>
     <t>"Da denominação a logradouro público que especifica" RUA JURANDIR DOS SANTOS</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1618/projeto_de_lei_43-2022_sancionado_lei_2340-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1618/projeto_de_lei_43-2022_sancionado_lei_2340-2022.pdf</t>
   </si>
   <si>
     <t>"Cria o dia dos colecionadores, atiradores e caçadores- CACs, no Município de Almirante Tamandaré. Sendo no dia 3 de Agosto e dá outras previdências"_x000D_
 _x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2340/2022</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1616/projeto_de_lei_do_legislativo_no_044-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1616/projeto_de_lei_do_legislativo_no_044-2022.pdf</t>
   </si>
   <si>
     <t>"Da denominação de Logradouro público que especifica" RUA GILBERTO JÕAO DE LARA</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1624/projeto_de_lei_45-2022_sancionado_lei_2338-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1624/projeto_de_lei_45-2022_sancionado_lei_2338-2022.pdf</t>
   </si>
   <si>
     <t>"Institui a semana municipal da Prevenção de Acidentes com crianças no Município de Almirante Tamandaré e dá outras providências"_x000D_
 _x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2338-2022</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1619/projeto_de_lei_do_legislativo_no_46-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1619/projeto_de_lei_do_legislativo_no_46-2022.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica"_x000D_
 LEI Nº 2.292/2022</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1625/projeto_de_lei_do_legislativo_no_048_2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1625/projeto_de_lei_do_legislativo_no_048_2022.pdf</t>
   </si>
   <si>
     <t>"Estabelece normas e diretrizes para o agente de contratação, da equipe de apoio, da comissão de contratação e dos gestores e fiscais de contratos, nas áreas de que trata a Lei nº 14133/2021, no âmbito da Câmara Municipal de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1632/projetode_lei_legislativo_n_49-2022_sancionado_lei_2345-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1632/projetode_lei_legislativo_n_49-2022_sancionado_lei_2345-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição de admissão e contratação para cargos, empregos e funções públicas, pela Administração pública direta e indireta do Município de Almirante Tamandaré, de pessoas condenadas por crimes contra os direitos das mulheres, crianças, adolescentes, idosos e pessoas com deficiência."_x000D_
 _x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2345/2022</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1629/lei_2357-2023-plo_50-2022_polaco.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1629/lei_2357-2023-plo_50-2022_polaco.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a isenção de taxas de inscrição em Concursos Públicos Municipais, para as mulheres vítimas de violência doméstica e familiar no âmbito do Município de Almirante Tamandaré e dá outras Previdências"_x000D_
 _x000D_
 SANCIONADO MEDIANTE LEI 2357/2023</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_lei_do_legislativo_no_051-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_lei_do_legislativo_no_051-2022.pdf</t>
   </si>
   <si>
     <t>"Da denominação de logradouro público que especifica"</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1631/projeto_de_lei_do_legislativo_no_052-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1631/projeto_de_lei_do_legislativo_no_052-2022.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público a que se especifica"</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1641/lei_ordinaria_2352_2022_derivada_do_plo_53-2022_portes.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1641/lei_ordinaria_2352_2022_derivada_do_plo_53-2022_portes.pdf</t>
   </si>
   <si>
     <t>"da denominação de logradouro público que especifica" _x000D_
 _x000D_
 _x000D_
 Sancionada Mediante Lei 2353/2022</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1646/lei_ordinaria_2360-2023_projeto_de_lei_57-2022_wallison_romero.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1646/lei_ordinaria_2360-2023_projeto_de_lei_57-2022_wallison_romero.pdf</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública a Comunidade Evangélica de Jesus"_x000D_
 _x000D_
 Sancionada mediante Lei 2360/2023</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1605/resolucao_no_001-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1605/resolucao_no_001-2022.pdf</t>
   </si>
   <si>
     <t>"Institui comissão especial para representar a câmara municipal de Almirante Tamandaré na XXXIII marcha a Brasília- DF"</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1558/projeto_de_resolucao_no_003-2022.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1558/projeto_de_resolucao_no_003-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orgânica Municipal, o Regimento Interno da Câmara Municipal de Almirante Tamandaré, institui o "Programa Câmara Itinerante" e dá outras providências"_x000D_
 REJEITADO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1512,67 +1512,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1501/decreto_n_002-2022_-_camara_municipal_de_almirante_tamandare.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1601/projeto_de_decreto_n_001-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1602/projeto_de_decreto__n_004-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1603/projeto_de_decreto_n_005-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1610/projeto_de_decreto_n_008-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1640/decreto_legislativo_no_009-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1587/projeto_de_lei_complementar_n_002-2022_-_executivo_-_ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1591/projeto_de_lei_complementar_n_006-2022_-_ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1592/projeto_de_lei_n_007-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1585/projeto_de_lei_complementar_executivp_no_014-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1634/projeto_de_lei_complementar_executivo_no_032-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1635/projeto_de_lei_complemantear_do_executivo_no034-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1586/projeto_de_lei_n_001-_2022_-_executivo_-_ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1588/projeto_de_lei_n003-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1589/projeto_de_lei_n_004-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1590/projeto_de_lei_n_005-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1593/projeto_de_lei_n008-2022_-_executivo_-_ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1594/projeto_de_lei_n_009_-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1595/projeto_de_lei_n_011-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1596/projeto_de_lei_n_012-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1584/projeto_de_lei_no_013-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1583/projeto_de_lei_do_executivo_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1608/projeto_de_lei_executivo_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1614/projeto_de_lei_do_executivo_no_018-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1615/projeto_delei_do_executivo_no_019-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1617/projetode_lei_do_executivo_no_020-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1621/projeto_de_lei_do_executivo_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1626/projeto_de_lei_ordinaria_executivo__no_022-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1622/projeto_de_lei_do_executivo_no023-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1628/projeto_de_lei_ordinaria_executivo__no_027-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1643/projeto_de_lei_ordinaria-executivo_028_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1644/projeto_de_lei_ordinaria_executivo_029_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1627/projeto_de_lei_ordinaria_executivo__no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1633/projeto_de_lei_do_executivo_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei_ordinaria_do_excutivo_no033-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei_ordinaria_do_executivo_035_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1639/projeto_de_lei_ordinaria__executivo_no036-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei_ordinaria___executivo_no037-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1636/projeto_de_lei_ordinaria_executivo_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1642/projeto_de_lei__ordinaria_executivo_039_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1551/projeto_de_lei_n_001-_2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1552/projeto_de_lei_n_002-_2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1540/projeto_de_lei_n004-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1539/projeto_de_lei_n005-2022_-_legislativo_-.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1538/projeto_de_lei_n006-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1541/projeto_de_lei_n007-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1553/projeto_de_lei_legislativo_no009-2022_sancionado_lei_2327-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1542/projeto_de_lei_n_010-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1543/projeto_de_lei_n_011-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1544/projeto_de_lei_n_012-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1545/projeto_de_lei_n_013-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1546/projeto_de_lei_n_014-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1547/projeto_de_lei__n_015-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1548/projeto_de_lei_n_017-2022_-_legislativo_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1549/projeto_de_lei_n018-2022_-_legislativo_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1578/projeto_de_lei_legislativo_no_019-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1550/projeto_de_lei_n_020-2022_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1579/projeto_de_lei_legislativo_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1554/projeto_de_lei_n_022-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1555/projeto_de_lei_n023-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1580/projeto_de_lei_legislativo_no_024-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1556/projeto_de_lei_n_025-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1557/projeto_de_lei_n_026-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1613/projeto_de_lei_do_legislativo_27-2022_sancionado_lei_2337-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1581/projeto_de_lei_do_legislativo_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1582/projeto_de_lei_legislativo_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1597/projeto_de_lei_legislativo_no030-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1612/projeto_de_lei__do_legislativo__n_o_32-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1598/projeto_de_lei_no_033-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1599/projeto_de_lei_legisltivo_no034-2022_sancionado_lei_2325-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1607/projeto_de_lei_no035-2022_sancionado_lei_2320-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1606/projeto_de_lei_legislativo_no_036-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1611/projeto_de_lei_legislativo_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1623/projeto_de_lei_do_legislativo_no040-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1620/projeto_de_lei_do_legislativo_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1618/projeto_de_lei_43-2022_sancionado_lei_2340-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1616/projeto_de_lei_do_legislativo_no_044-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1624/projeto_de_lei_45-2022_sancionado_lei_2338-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1619/projeto_de_lei_do_legislativo_no_46-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1625/projeto_de_lei_do_legislativo_no_048_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1632/projetode_lei_legislativo_n_49-2022_sancionado_lei_2345-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1629/lei_2357-2023-plo_50-2022_polaco.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_lei_do_legislativo_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1631/projeto_de_lei_do_legislativo_no_052-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1641/lei_ordinaria_2352_2022_derivada_do_plo_53-2022_portes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1646/lei_ordinaria_2360-2023_projeto_de_lei_57-2022_wallison_romero.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1605/resolucao_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1558/projeto_de_resolucao_no_003-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1501/decreto_n_002-2022_-_camara_municipal_de_almirante_tamandare.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1601/projeto_de_decreto_n_001-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1602/projeto_de_decreto__n_004-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1603/projeto_de_decreto_n_005-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1610/projeto_de_decreto_n_008-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1640/decreto_legislativo_no_009-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1587/projeto_de_lei_complementar_n_002-2022_-_executivo_-_ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1591/projeto_de_lei_complementar_n_006-2022_-_ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1592/projeto_de_lei_n_007-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1585/projeto_de_lei_complementar_executivp_no_014-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1634/projeto_de_lei_complementar_executivo_no_032-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1635/projeto_de_lei_complemantear_do_executivo_no034-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1586/projeto_de_lei_n_001-_2022_-_executivo_-_ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1588/projeto_de_lei_n003-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1589/projeto_de_lei_n_004-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1590/projeto_de_lei_n_005-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1593/projeto_de_lei_n008-2022_-_executivo_-_ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1594/projeto_de_lei_n_009_-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1595/projeto_de_lei_n_011-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1596/projeto_de_lei_n_012-2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1584/projeto_de_lei_no_013-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1583/projeto_de_lei_do_executivo_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1608/projeto_de_lei_executivo_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1614/projeto_de_lei_do_executivo_no_018-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1615/projeto_delei_do_executivo_no_019-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1617/projetode_lei_do_executivo_no_020-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1621/projeto_de_lei_do_executivo_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1626/projeto_de_lei_ordinaria_executivo__no_022-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1622/projeto_de_lei_do_executivo_no023-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1628/projeto_de_lei_ordinaria_executivo__no_027-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1643/projeto_de_lei_ordinaria-executivo_028_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1644/projeto_de_lei_ordinaria_executivo_029_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1627/projeto_de_lei_ordinaria_executivo__no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1633/projeto_de_lei_do_executivo_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei_ordinaria_do_excutivo_no033-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei_ordinaria_do_executivo_035_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1639/projeto_de_lei_ordinaria__executivo_no036-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei_ordinaria___executivo_no037-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1636/projeto_de_lei_ordinaria_executivo_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1642/projeto_de_lei__ordinaria_executivo_039_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1551/projeto_de_lei_n_001-_2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1552/projeto_de_lei_n_002-_2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1540/projeto_de_lei_n004-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1539/projeto_de_lei_n005-2022_-_legislativo_-.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1538/projeto_de_lei_n006-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1541/projeto_de_lei_n007-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1553/projeto_de_lei_legislativo_no009-2022_sancionado_lei_2327-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1542/projeto_de_lei_n_010-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1543/projeto_de_lei_n_011-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1544/projeto_de_lei_n_012-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1545/projeto_de_lei_n_013-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1546/projeto_de_lei_n_014-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1547/projeto_de_lei__n_015-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1548/projeto_de_lei_n_017-2022_-_legislativo_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1549/projeto_de_lei_n018-2022_-_legislativo_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1578/projeto_de_lei_legislativo_no_019-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1550/projeto_de_lei_n_020-2022_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1579/projeto_de_lei_legislativo_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1554/projeto_de_lei_n_022-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1555/projeto_de_lei_n023-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1580/projeto_de_lei_legislativo_no_024-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1556/projeto_de_lei_n_025-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1557/projeto_de_lei_n_026-2022_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1613/projeto_de_lei_do_legislativo_27-2022_sancionado_lei_2337-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1581/projeto_de_lei_do_legislativo_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1582/projeto_de_lei_legislativo_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1597/projeto_de_lei_legislativo_no030-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1612/projeto_de_lei__do_legislativo__n_o_32-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1598/projeto_de_lei_no_033-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1599/projeto_de_lei_legisltivo_no034-2022_sancionado_lei_2325-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1607/projeto_de_lei_no035-2022_sancionado_lei_2320-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1606/projeto_de_lei_legislativo_no_036-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1611/projeto_de_lei_legislativo_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1623/projeto_de_lei_do_legislativo_no040-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1620/projeto_de_lei_do_legislativo_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1618/projeto_de_lei_43-2022_sancionado_lei_2340-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1616/projeto_de_lei_do_legislativo_no_044-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1624/projeto_de_lei_45-2022_sancionado_lei_2338-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1619/projeto_de_lei_do_legislativo_no_46-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1625/projeto_de_lei_do_legislativo_no_048_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1632/projetode_lei_legislativo_n_49-2022_sancionado_lei_2345-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1629/lei_2357-2023-plo_50-2022_polaco.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_lei_do_legislativo_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1631/projeto_de_lei_do_legislativo_no_052-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1641/lei_ordinaria_2352_2022_derivada_do_plo_53-2022_portes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1646/lei_ordinaria_2360-2023_projeto_de_lei_57-2022_wallison_romero.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1605/resolucao_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2022/1558/projeto_de_resolucao_no_003-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="146.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="145.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>