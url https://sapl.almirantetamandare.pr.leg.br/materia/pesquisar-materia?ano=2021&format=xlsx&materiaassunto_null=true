--- v0 (2026-01-13)
+++ v1 (2026-03-09)
@@ -51,554 +51,554 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/2081/2018.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/2081/2018.pdf</t>
   </si>
   <si>
     <t>‘Aprova Prestação de Contas do Poder Executivo do Município de Almirante Tamandaré, relativas ao exercício financeiro de 2018 e dá outras providências.’</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1600/decreto_legislativo_n_011-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1600/decreto_legislativo_n_011-2021.pdf</t>
   </si>
   <si>
     <t>"Outorga ao Ilustríssimo Senhor FREDERICO RAFAEL MARTINS DE_x000D_
 ALMEIDA o título de Cidadão Honorário de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Aprova Prestação de Contas do Poder Executivo do Município de Almirante Tamandaré, relativas ao exercício financeiro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1506/projeto_de_lei_complementar_n_003-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1506/projeto_de_lei_complementar_n_003-2021.pdf</t>
   </si>
   <si>
     <t>''REVOGA O ARTIGO 116 DA LEI COMPLEMENTAR N° 095/2021 DE 14 DE OUTRUBRO DE 2021"</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Paulão</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1502/projeto_de_lei_legislativo_n001-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1502/projeto_de_lei_legislativo_n001-2021.pdf</t>
   </si>
   <si>
     <t>" DÁ DENOMINAÇÃO DE LOGRADOURO PLUBLICO QUE ESPECIFICA ."</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_legislativo_n003-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_legislativo_n003-2021.pdf</t>
   </si>
   <si>
     <t>" ALTERA O ARTIGO 1° DA LEI N° 1811/2014, 28 DE NOVEMBRO DE 2018"</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>Claudinho Zoinho</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1507/projeto_de_lei_legislativo_n010-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1507/projeto_de_lei_legislativo_n010-2021.pdf</t>
   </si>
   <si>
     <t>"INSTITUI, NO CALENDÁRIO OFICIAL MUNICIPAL, O DIA DA PAZ E DA CONCILIAÇÃO, A SER COMEMORADO, ANUALMENTE, NO DIA 22 DE JULHO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>Cezar Manfron</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1508/projeto_de_lei_legislativo_n011-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1508/projeto_de_lei_legislativo_n011-2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE BENEFÍCIO FISCAL AOS PERMISSIONÁRIOS DE SERVIÇO DE TRANSPORTE ESCOLAR E DE SERVIÇO DE TÁXI, EM VIRTUDE DOS IMPACTOS SOCIAIS E ECONÔMICOS DA PANDEMIA DE COVID -19"</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Wallison Romero</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_legislativo_n013-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_legislativo_n013-2021.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE INCENTIVO À CONTRATAÇÃO DE MULHERES EM SITUAÇÃO DE VIOLÊNCIA DOMÉSTICA NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_n_017-2021_-_emenda_substitutiva_01-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_n_017-2021_-_emenda_substitutiva_01-2021.pdf</t>
   </si>
   <si>
     <t>" ALTERA E ACRESCENTA DISPOSITIVOS À LEI 1.948/2017, DE 04 DE ABRIL DE 2017, QUE ''DISPOE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO JUNTO AOS GABINETES PARLAMENTARES DOS VEREADORES'' LEI 2.026/2017 DE 22 DE NOVEMBRO DE  2017; E LEI 2.058/2018 DE 16 DE MARÇO DE 2018 QUE '' DISPOE SOBRE A ESTRUTURA ORGANIZACIONAL E ADMINISTRATIVA DA CAMARA MUNICIPAL ''; E REVOGA A LEI 2059/2018, DE 16 DE MARÇO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Aldnei Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1511/projeto_de_lei_legislativo_n_024-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1511/projeto_de_lei_legislativo_n_024-2021.pdf</t>
   </si>
   <si>
     <t>"RECONHECIMENTO À PRÁTICA DA ATIVIDADE FÍSICA E DO EXERCÍCIO FÍSICO COMO ESSENCIAIS PARA A POPULAÇÃO EM ESTABELECIMENTOS PRESTADORES DE SERVIÇOS DESTINADOS A ESSA FINALIDADE, EM PERÍODO DE PANDEMIA.".</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_legislativo_n_027-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_legislativo_n_027-2021.pdf</t>
   </si>
   <si>
     <t>"Institui o Dia Municipal em Memória às vítimas da COVID-19"</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Nilson Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_legislativo_n_034-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_legislativo_n_034-2021.pdf</t>
   </si>
   <si>
     <t>"INSTITUI E INCLUI NO CALENDÁRIO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ/PR A SEMANA DO MOTOBOY E DO MOTOCICLISTA."</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_legislativo_n_035-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_legislativo_n_035-2021.pdf</t>
   </si>
   <si>
     <t>"Institui e inclui no calendário do Município de Almirante Tamandaré/PR A Semana Municipal de Agricultura e Abastecimento."</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1515/projeto_de_lei_legislativo_n_037-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1515/projeto_de_lei_legislativo_n_037-2021.pdf</t>
   </si>
   <si>
     <t>"Reconhece templos religiosos e locais de culto como serviços essenciais no Município de Almirante Tamandaré, antes, durante e após as crises, ocasionadas por moléstias contagiosas ou catástrofes naturais."</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_legislativo_n_040-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_legislativo_n_040-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a utilização do Armazém da Família e dá outras providências".</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Polaco</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_legislativo_n042-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_legislativo_n042-2021.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a próprio público que especifica".</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_legislativo_n_043-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_legislativo_n_043-2021.pdf</t>
   </si>
   <si>
     <t>"Dá denominação ao próprio público que especifica".</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_legislativo_n_044-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_legislativo_n_044-2021.pdf</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_legislativo_n047-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_legislativo_n047-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a apreensão, registro e guarda de animais de grande porte soltos nas vias públicas e logradouros na zona urbana do Município de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_legislativo_n_050-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_legislativo_n_050-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Semana de incentivo ao uso de bicicletas e respeito aos ciclistas do município de Almirante Tamandaré e dá outras providências."</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1521/projeto_de_lei_legislativo_n_051-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1521/projeto_de_lei_legislativo_n_051-2021.pdf</t>
   </si>
   <si>
     <t>"Institui o "Dia da Cavalgada, do Cavaleiro e da Amazona" no Calendário Oficial de Eventos do Município de Almirante Tamandaré, e dá outras providências".</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Amarildo Portes</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1522/projeto_de_lei_legislativo_n052-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1522/projeto_de_lei_legislativo_n052-2021.pdf</t>
   </si>
   <si>
     <t>"Da denominação de logradouro público que especifica."</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Roque Luiz</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1523/projeto_de_lei_legislativo_n_056-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1523/projeto_de_lei_legislativo_n_056-2021.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A LOGRADOURO PÚBLICO QUE ESPECIFICA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>"Institui a "Semana Municipal de Educação no Trânsito" e o "Programa Educação no Trânsito" nas escolas da rede municipal de ensino de Almirante Tamandaré e dá outras providências."</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1537/projeto_de_lei_legislativo_n059-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1537/projeto_de_lei_legislativo_n059-2021.pdf</t>
   </si>
   <si>
     <t>"Institui no município de Almirante Tamandaré "Abril Azul" - como mês oficial de conscientização do autismo e dá outras providências."</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1527/projeto_de_lei_legislativo_n060-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1527/projeto_de_lei_legislativo_n060-2021.pdf</t>
   </si>
   <si>
     <t>"Institui a campanha permanente de combate ao assédio sexual no transporte público no Município de Almirante Tamandaré e das outras providências."</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1528/projeto_de_lei_legislativo_n_061-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1528/projeto_de_lei_legislativo_n_061-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de bares, cafés, quiosques, complexos e centros gastronômicos, restaurantes, casas noturnas, espaços de eventos e de shows e, ambientes assemelhados e a setor de hospitalidade adotar medidas de auxílio e proteção à mulher em situação de risco assédio".</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_legislativo_n_063-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_legislativo_n_063-2021.pdf</t>
   </si>
   <si>
     <t>''Institui e inclui no calendário do Município de Almirante Tamandaré/PR A Semana Municipal de Atenção ao Idoso e dá outras providências.''</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_legislativo_n_064-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_legislativo_n_064-2021.pdf</t>
   </si>
   <si>
     <t>''Institui no Município de Almirante Tamandaré/PR O Banco Municipal de Materiais Ortopédicos..''</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Ferrugem</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1531/projeto_de_lei_legislativo_n065-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1531/projeto_de_lei_legislativo_n065-2021.pdf</t>
   </si>
   <si>
     <t>''Dispõe sobre a criação do Cicloturismo no município de Almirante Tamandaré, e dá outras providências.''</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_legislativo_n_066-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_legislativo_n_066-2021.pdf</t>
   </si>
   <si>
     <t>''Dispõe sobre a inserção de adolescentes aprendizes na Administração Pública Municipal Direta, Autárquica e Fundacional do Município de Almirante Tamandaré e das outras providências.''</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1534/projeto_de_lei_legislativo_n068-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1534/projeto_de_lei_legislativo_n068-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a coleta em domicílio, de material biológico para exames, pelos laboratórios de análises clínicas conveniados com o Município de Almirante Tamandaré - Paraná e dá outras providências."</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_legislativo_n_070-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_legislativo_n_070-2021.pdf</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_legislativo_n_071-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_legislativo_n_071-2021.pdf</t>
   </si>
   <si>
     <t>"INSTITUI PROGRAMA MUNICIPAL DE ARBORIZAÇÃO E JARDINS EM UNIDADES ESCOLARES E LOGRADOUROS PÚBLICOS (PRAÇAS, PRÉDIOS E VIAS) NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_de_lei_legislativo_n072-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_de_lei_legislativo_n072-2021.pdf</t>
   </si>
   <si>
     <t>"Da denominação a logradouro público"._x000D_
 Vetado</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1536/projeto_de_lei_legislativo_n_073-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1536/projeto_de_lei_legislativo_n_073-2021.pdf</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1604/resolucao_no_003-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1604/resolucao_no_003-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as verbas de ressarcimento destinadas à cobertura de despesas relacionadas á atividade parlamentar"</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Emenda Complementar</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_emenda_complementar__n001-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_emenda_complementar__n001-2021.pdf</t>
   </si>
   <si>
     <t>" ALTERA E DÁ NOVA REDAÇÃO AO ARTIGO 17, §10° DA RESOLUÇÃO N° 002, DE 17 DE DEZAMBRO DE 2020 - REGIMENTO INTERNO DA CÂMARA DE VEREADORES DE ALMIRANTE TAMANDARÉ, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>PEC</t>
   </si>
   <si>
     <t>Proposta de Emenda Complementar</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1504/proposta_de_emenda_a_lei_organica_n001-2021.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1504/proposta_de_emenda_a_lei_organica_n001-2021.pdf</t>
   </si>
   <si>
     <t>" ACRESCENTA O ART. 85-a À LEI ORGÂNICA DO  MUNICIPIO DE ALMIRANTE TAMNDARÉ, EM ATENDIMENTO AO ART. 40, § 1°, III DA EMENDA CONSTITUCIONAL N°103, DE 2019."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -905,67 +905,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/2081/2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1600/decreto_legislativo_n_011-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1506/projeto_de_lei_complementar_n_003-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1502/projeto_de_lei_legislativo_n001-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_legislativo_n003-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1507/projeto_de_lei_legislativo_n010-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1508/projeto_de_lei_legislativo_n011-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_legislativo_n013-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_n_017-2021_-_emenda_substitutiva_01-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1511/projeto_de_lei_legislativo_n_024-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_legislativo_n_027-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_legislativo_n_034-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_legislativo_n_035-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1515/projeto_de_lei_legislativo_n_037-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_legislativo_n_040-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_legislativo_n042-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_legislativo_n_043-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_legislativo_n_044-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_legislativo_n047-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_legislativo_n_050-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1521/projeto_de_lei_legislativo_n_051-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1522/projeto_de_lei_legislativo_n052-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1523/projeto_de_lei_legislativo_n_056-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1537/projeto_de_lei_legislativo_n059-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1527/projeto_de_lei_legislativo_n060-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1528/projeto_de_lei_legislativo_n_061-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_legislativo_n_063-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_legislativo_n_064-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1531/projeto_de_lei_legislativo_n065-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_legislativo_n_066-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1534/projeto_de_lei_legislativo_n068-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_legislativo_n_070-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_legislativo_n_071-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_de_lei_legislativo_n072-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1536/projeto_de_lei_legislativo_n_073-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1604/resolucao_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_emenda_complementar__n001-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1504/proposta_de_emenda_a_lei_organica_n001-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/2081/2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1600/decreto_legislativo_n_011-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1506/projeto_de_lei_complementar_n_003-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1502/projeto_de_lei_legislativo_n001-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_legislativo_n003-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1507/projeto_de_lei_legislativo_n010-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1508/projeto_de_lei_legislativo_n011-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_legislativo_n013-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_n_017-2021_-_emenda_substitutiva_01-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1511/projeto_de_lei_legislativo_n_024-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_legislativo_n_027-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_legislativo_n_034-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_legislativo_n_035-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1515/projeto_de_lei_legislativo_n_037-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1524/projeto_de_lei_legislativo_n_040-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_legislativo_n042-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_legislativo_n_043-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_legislativo_n_044-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_legislativo_n047-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_legislativo_n_050-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1521/projeto_de_lei_legislativo_n_051-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1522/projeto_de_lei_legislativo_n052-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1523/projeto_de_lei_legislativo_n_056-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1537/projeto_de_lei_legislativo_n059-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1527/projeto_de_lei_legislativo_n060-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1528/projeto_de_lei_legislativo_n_061-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_legislativo_n_063-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_legislativo_n_064-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1531/projeto_de_lei_legislativo_n065-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_legislativo_n_066-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1534/projeto_de_lei_legislativo_n068-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_legislativo_n_070-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_legislativo_n_071-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_de_lei_legislativo_n072-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1536/projeto_de_lei_legislativo_n_073-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1604/resolucao_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_emenda_complementar__n001-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2021/1504/proposta_de_emenda_a_lei_organica_n001-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="139.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="138.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>