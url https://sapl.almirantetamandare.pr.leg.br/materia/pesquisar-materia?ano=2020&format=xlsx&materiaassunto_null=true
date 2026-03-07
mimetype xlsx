--- v0 (2026-01-13)
+++ v1 (2026-03-07)
@@ -51,519 +51,519 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1499/scan_20201217_113737.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1499/scan_20201217_113737.pdf</t>
   </si>
   <si>
     <t>"Inclui dispositivo na lei Complementar nº14/2009 que Institui o Código Tributário do Município de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1451/scan_20200306_114951.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1451/scan_20200306_114951.pdf</t>
   </si>
   <si>
     <t>"Da denominação a próprio público que especifica."</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1452/scan_20200312_104210.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1452/scan_20200312_104210.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo A Doar Áreas Urbanas ao Estado do Paraná e dá outras providências."</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1454/scan_20200525_162910.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1454/scan_20200525_162910.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município a negociar e vender Ações na Bolsa de Valores Mobiliários e dá outras Providências."</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1455/scan_20200525_163813.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1455/scan_20200525_163813.pdf</t>
   </si>
   <si>
     <t>"Abre crédito Adicional Especial e dá outras providências."</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1456/scan_20200525_164833.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1456/scan_20200525_164833.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Instituto de Previdência do Município de Almirante Tamandaré a devolver saldo de superávit da reserva financeira ao Município de Almirante Tamandaré."</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1457/scan_20200525_165809.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1457/scan_20200525_165809.pdf</t>
   </si>
   <si>
     <t>"Altera Lei Municipal n°1.999/2017,e dá outras providências."</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1458/scan_20200528_144549.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1458/scan_20200528_144549.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a próprio público que especifica".</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1459/scan_20200528_144855.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1459/scan_20200528_144855.pdf</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1460/scan_20200528_145142.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1460/scan_20200528_145142.pdf</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1461/scan_20200528_145709.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1461/scan_20200528_145709.pdf</t>
   </si>
   <si>
     <t>"Institui o Serviço de Acolhimento Familiar e dá outras providências."</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1462/scan_20200528_160536.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1462/scan_20200528_160536.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e funcionamento do "Conselho Municipal dos Direitos da Mulher"no Municipio de Almirante Tamandaré e dá outras providências."</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1464/scan_20200528_163117.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1464/scan_20200528_163117.pdf</t>
   </si>
   <si>
     <t>" Autoriza o Poder Executivo A Realizar Permuta de Imóvel de Propriedade do Município de Almirante Tamandaré por área de propriedade de Fundação de Asseio e Conservação do Estado do Paraná."</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1463/scan_20200528_161715.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1463/scan_20200528_161715.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a promover a inclusão do Municipio como ente associado e integrante da Associação dos Municipios do Paraná - AMP, da ASSOMEC - Associação dos Municipios da Região Metropolitana de Curitiba,Confederação Nacional de Municipios - CNM- e da União dos Dirigentes Municipais de Educação - UNDIME, e dá outras providências."</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1481/scan_20200915_134109.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1481/scan_20200915_134109.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O SISTEMA MUNICIPAL DE CULTURA DE ALMIRANTE TAMANDARÉ,CRIA O CONSELHO MUNICIPAL DE POLÍTICA CULTURAL DE ALMIRANTE TAMANDARÉ,CRIA O FUNDO MUNICIPAL DE CULTURA,CRIA O PROGRAMA DE FOMENTO À CULTURA DE ALMIRANTE TAMANDRÉ E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1482/scan_20200915_140112.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1482/scan_20200915_140112.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a suspender os pagamentos das contribuições previdenciárias patronais e dos refinanciamentos de dívidas do Município de Almirante Tamandaré com o Instituto de Previdência de Almirante Tamnadaré."</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1484/scan_20200925_110242.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1484/scan_20200925_110242.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre diretrizes para a elaboração da Lei das Diretrizes Orçamentárias do Município de Almirante Tamandaré para o exercício de 2021,e da outras providências."</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1477/scan_20200914_120731.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1477/scan_20200914_120731.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica."</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1478/scan_20200914_151101.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1478/scan_20200914_151101.pdf</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1479/scan_20200914_151737.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1479/scan_20200914_151737.pdf</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1480/scan_20200914_152503.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1480/scan_20200914_152503.pdf</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1492/scan_20201119_100844.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1492/scan_20201119_100844.pdf</t>
   </si>
   <si>
     <t>"Estima as Receita e Fixa a Despesa do Município de Almirante Tamandaré para o Exercício Financeiro de 2021".</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1497/scan_20201204_114115.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1497/scan_20201204_114115.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a alteração de ações constantes nos programas para o exercício 2021,contidos na Lei 2.031/2017 alterada pela Lei 2.119/2018 de 13/12/201/ e Lei 2.177/2019 de 16/12/2019 que dispõe sobre o plano Plurianual do Municipal de Almirante Tamandaré no período entre 2018 e 2021,e dá outras providências."</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1498/scan_20201217_110811.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1498/scan_20201217_110811.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Reorganização Administrativa do Poder Executivo do Município de Almirante Tamandaré e da outras providências".</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1449/scan_20200306_104845.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1449/scan_20200306_104845.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei nº1.904 de 26 de julho de 2016 e da outras providencias."</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1450/scan_20200306_113526.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1450/scan_20200306_113526.pdf</t>
   </si>
   <si>
     <t>"Proíbe o uso de NARGUILÉ nos locais que especifica,bem como sua venda,aluguel e utilização por crianças e adolescentes e da outras providencias."</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1465/scan_20200803_160740.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1465/scan_20200803_160740.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição da queima,soltura e manuseio de fogos de artificio e artefatos pirotécnicos de alto impacto ou com efeitos de tiro."</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1466/scan_20200803_153304.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1466/scan_20200803_153304.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a apreensão,registro e guarda de animais de grande porte soltos nas vias públicas e logradouros na zona urbana do Município de Almirante Tamandaré."</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1467/scan_20200803_153752.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1467/scan_20200803_153752.pdf</t>
   </si>
   <si>
     <t>"Proíbe a utilização da canudos de plásticos  em restaurantes,bares,quiosques,ambulantes, e similares no âmbito do Município de Almirante Tamandaré e dá outras providências".</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1468/scan_20200803_154352.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1468/scan_20200803_154352.pdf</t>
   </si>
   <si>
     <t>“Dar denominação a logradouro público a que se especifica.”</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1493/scan_20201123_105954.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1493/scan_20201123_105954.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instalação de equipamento eliminador de ar nas tubulações do sistema de Abastecimento de Água da Companhia de Saneamento do Paraná (Sanepar)."</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1474/scan_20200914_110521.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1474/scan_20200914_110521.pdf</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1469/scan_20200803_145636.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1469/scan_20200803_145636.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 2057/2018."</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1475/scan_20200914_111811.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1475/scan_20200914_111811.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica."</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1476/scan_20200914_120731.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1476/scan_20200914_120731.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público  que especifica".</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1485/scan_20201023_102526.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1485/scan_20201023_102526.pdf</t>
   </si>
   <si>
     <t>" Dá denominação a logradouro público que especifica".</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1486/scan_20201023_103110.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1486/scan_20201023_103110.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica".</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1488/scan_20201210_110157.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1488/scan_20201210_110157.pdf</t>
   </si>
   <si>
     <t>"Reconhece a visão monocular como deficiência sensorial do tipo visual e dá outras providencias".</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1489/scan_20201023_104727.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1489/scan_20201023_104727.pdf</t>
   </si>
   <si>
     <t>"Institui o Dia da Valorização e Conscientização do Motociclista, a ser comemorado anualmente em 27 de julho e dá outras providencias".</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1490/scan_20201023_105043.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1490/scan_20201023_105043.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 2005/2017 de 04 de Setembro de 2017".</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica".</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1494/scan_20201201_134147.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1494/scan_20201201_134147.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a próprio público que especifica."</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1495/scan_20201201_134526.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1495/scan_20201201_134526.pdf</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1496/scan_20201201_135229.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1496/scan_20201201_135229.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -867,67 +867,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1499/scan_20201217_113737.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1451/scan_20200306_114951.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1452/scan_20200312_104210.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1454/scan_20200525_162910.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1455/scan_20200525_163813.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1456/scan_20200525_164833.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1457/scan_20200525_165809.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1458/scan_20200528_144549.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1459/scan_20200528_144855.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1460/scan_20200528_145142.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1461/scan_20200528_145709.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1462/scan_20200528_160536.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1464/scan_20200528_163117.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1463/scan_20200528_161715.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1481/scan_20200915_134109.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1482/scan_20200915_140112.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1484/scan_20200925_110242.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1477/scan_20200914_120731.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1478/scan_20200914_151101.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1479/scan_20200914_151737.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1480/scan_20200914_152503.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1492/scan_20201119_100844.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1497/scan_20201204_114115.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1498/scan_20201217_110811.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1449/scan_20200306_104845.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1450/scan_20200306_113526.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1465/scan_20200803_160740.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1466/scan_20200803_153304.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1467/scan_20200803_153752.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1468/scan_20200803_154352.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1493/scan_20201123_105954.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1474/scan_20200914_110521.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1469/scan_20200803_145636.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1475/scan_20200914_111811.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1476/scan_20200914_120731.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1485/scan_20201023_102526.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1486/scan_20201023_103110.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1488/scan_20201210_110157.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1489/scan_20201023_104727.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1490/scan_20201023_105043.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1494/scan_20201201_134147.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1495/scan_20201201_134526.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1496/scan_20201201_135229.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1499/scan_20201217_113737.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1451/scan_20200306_114951.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1452/scan_20200312_104210.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1454/scan_20200525_162910.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1455/scan_20200525_163813.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1456/scan_20200525_164833.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1457/scan_20200525_165809.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1458/scan_20200528_144549.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1459/scan_20200528_144855.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1460/scan_20200528_145142.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1461/scan_20200528_145709.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1462/scan_20200528_160536.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1464/scan_20200528_163117.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1463/scan_20200528_161715.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1481/scan_20200915_134109.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1482/scan_20200915_140112.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1484/scan_20200925_110242.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1477/scan_20200914_120731.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1478/scan_20200914_151101.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1479/scan_20200914_151737.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1480/scan_20200914_152503.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1492/scan_20201119_100844.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1497/scan_20201204_114115.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1498/scan_20201217_110811.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1449/scan_20200306_104845.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1450/scan_20200306_113526.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1465/scan_20200803_160740.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1466/scan_20200803_153304.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1467/scan_20200803_153752.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1468/scan_20200803_154352.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1493/scan_20201123_105954.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1474/scan_20200914_110521.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1469/scan_20200803_145636.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1475/scan_20200914_111811.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1476/scan_20200914_120731.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1485/scan_20201023_102526.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1486/scan_20201023_103110.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1488/scan_20201210_110157.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1489/scan_20201023_104727.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1490/scan_20201023_105043.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1494/scan_20201201_134147.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1495/scan_20201201_134526.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2020/1496/scan_20201201_135229.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>