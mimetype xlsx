--- v0 (2026-01-13)
+++ v1 (2026-03-08)
@@ -51,778 +51,778 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1411/scan_20190704_155530.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1411/scan_20190704_155530.pdf</t>
   </si>
   <si>
     <t>"Outorga ao ilustríssimo Senhor Roberto Luis Perussi o titulo de Cidadão Benemérito de Almirante Tamandaré."</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1412/scan_20190704_162504.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1412/scan_20190704_162504.pdf</t>
   </si>
   <si>
     <t>"Outorga ao Ilustríssimo Senhor Luiz Carlos Martins de Lima o titulo de Cidadão Honorário de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1409/scan_20190619_100314.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1409/scan_20190619_100314.pdf</t>
   </si>
   <si>
     <t>"Mantém o veto do Chefe do Executivo Municipal ao Projeto de Lei n°009/2019".</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1445/scan_20191213_143002.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1445/scan_20191213_143002.pdf</t>
   </si>
   <si>
     <t>"Aprovação da Prestação de Contas do Poder Executivo do Município de Almirante Tamandaré,relativamente ao exercício de 2011".</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1443/scan_20191213_113139.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1443/scan_20191213_113139.pdf</t>
   </si>
   <si>
     <t>"Aprovação da Prestação de Contas do Poder Executivo do Município de Almirante Tamandaré."</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1396/scan_20190516_114146.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1396/scan_20190516_114146.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição da perda do poder aquisitivo dos servidores públicos municipais no período de maio de 2018 a abril de 2019."</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1406/scan_20190613_160056.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1406/scan_20190613_160056.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei Complementar n°075/2018,de 9 de julho de 2018."</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1414/scan_20190722_104854.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1414/scan_20190722_104854.pdf</t>
   </si>
   <si>
     <t>"Altera o inciso VII do Artigo 11 da Lei Complementar Municipal nº 080/2018 e da outras providencias."</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1415/scan_20190722_111146.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1415/scan_20190722_111146.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração e gestão do Plano de Cargos, Carreira e Vencimentos dos Professores da Educação Básica do Município de Almirante, Estado do Paraná e altera a nomenclatura."</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1422/scan_20190912_135206.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1422/scan_20190912_135206.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar Municipal nº019/2011 a da outras providências."</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1434/scan_20191025_115534.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1434/scan_20191025_115534.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo II da Lei Complementar Municipal nº020/2011".</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1470/scan_20200812_094020.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1470/scan_20200812_094020.pdf</t>
   </si>
   <si>
     <t>"Define o Perímetro Urbano do Município de Almirante Tamandaré."</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1471/scan_20200812_095914.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1471/scan_20200812_095914.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo 01,anexo 03 e anexo 04 da Lei Complementar Municipal nº 083/2018".</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1403/scan_20190607_111301.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1403/scan_20190607_111301.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o programa Municipal de incentivo a prática do escotismo e autoriza o executivo a permitir o uso de logradouros públicos aos grupos escoteiros,mediante termo próprio,conforme especifica."</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1388/scan_20190430_150254.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1388/scan_20190430_150254.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a próprio público que especifica".</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1383/scan_20190327_135445.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1383/scan_20190327_135445.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1390/scan_20190502_105220.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1390/scan_20190502_105220.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a organização do Sistema Municipal de Defesa do Consumidor - SMDC, institui a Coordenadoria Municipal de Proteção e Defesa do Consumidor - PROCON,o Conselho Municipal de Proteção e Defesa do Consumidor - CMDC,o Fundo Municipal de Proteção e Defesa do Consumidor - FMDC e dá outras providências."</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1391/scan_20190502_112229.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1391/scan_20190502_112229.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial e dá outras providências."</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1392/scan_20190502_113706.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1392/scan_20190502_113706.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Especial Adicional Especial e dá outras providências."</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1389/scan_20190430_152630.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1389/scan_20190430_152630.pdf</t>
   </si>
   <si>
     <t>"Altera o art.15 da Lei n°1167/2006 e da outras providências."</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1393/scan_20190502_114333.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1393/scan_20190502_114333.pdf</t>
   </si>
   <si>
     <t>"Altera a denominação da Comissão Municipal de Defesa Cívil - COMDEC- do Município de Almirante,da nova redação aos Arts.9nº,10,13,14,15,16,17 e 18 inclui o Art.16-A da Lei nº576,de 12 de Dezembro de 1997 e outras providências."</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1394/scan_20190502_120312.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1394/scan_20190502_120312.pdf</t>
   </si>
   <si>
     <t>"Institui o Conselho Municipal de Promoção da Igualdade Racial - COMPIR e o Fundo de Promoção da Igualdade Racial de Almirante Tamandaré."</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1399/scan_20190516_143719.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1399/scan_20190516_143719.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo A Conceder Benefício Financeiro Mensal Para Cobertura De Despesa Com Locação De Espaço Destinado Às Atividades Das Associações De Catadores De Material Reciclável Especificadas Nesta Lei."</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1402/scan_20190523_114631.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1402/scan_20190523_114631.pdf</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1404/scan_20190607_115651.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1404/scan_20190607_115651.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre o atendimento aos consumidores no interior das agências bancárias no Município de Almirante Tamandaré e dá outras providências."</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1408/scan_20190614_152723.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1408/scan_20190614_152723.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica."</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1407/scan_20190614_113712.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1407/scan_20190614_113712.pdf</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1416/scan_20190722_112335.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1416/scan_20190722_112335.pdf</t>
   </si>
   <si>
     <t>"Autoriza o parcelamento dos repasses de contribuição patronal devidas para o Instituto de Previdência do Município de Almirante Tamandaré (IPMAT), relativo aos meses de janeiro a maio de 2019, vincendas de junho a dezembro de 2019 e 13º salário de 2019, e dá outras providências."</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1423/scan_20190912_162456.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1423/scan_20190912_162456.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos I e II da Lei Municipal nº2118/2018 e da outras providências."</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1417/scan_20190722_114252.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1417/scan_20190722_114252.pdf</t>
   </si>
   <si>
     <t>"Autorizo o Poder Executivo Municipal a contratar operação de crédito junto a Caixa Econômica Federal, no âmbito do programa FINISA - financiamento a infraestrutura e ao saneamento na modalidade apoio financeiro destinando a aplicação em despesa de capital e da outras providencias".</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1418/scan_20190722_134933.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1418/scan_20190722_134933.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a contratar operação de crédito junto ao Banco Regional de Desenvolvimento do Extremo Sul - BRDE para execução de obras e contrapartidas de obras infraestrutura urbana e da outras providencias."</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1439/scan_20191129_111222.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1439/scan_20191129_111222.pdf</t>
   </si>
   <si>
     <t>"Altera artigos da lei nº1.845 de 14 de agosto de 2015,e da nova redação".</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1419/scan_20190827_103035.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1419/scan_20190827_103035.pdf</t>
   </si>
   <si>
     <t>"Altera o art.2° da Lei Municipal nº2.151,de 10 de julho de 2019 e da outras providências."</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1421/scan_20190912_134046.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1421/scan_20190912_134046.pdf</t>
   </si>
   <si>
     <t>"Altera o artigo 8º da Lei Municipal nº561/1997 e da outras providências."</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1429/scan_20191014_094347.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1429/scan_20191014_094347.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para a elaboração da Lei de Diretrizes Orçamentárias do Município de Almirante Tamandaré para o exercício de 2020, e da outras providências."</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1430/scan_20191016_101708.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1430/scan_20191016_101708.pdf</t>
   </si>
   <si>
     <t>"Estabelece normas gerais para o serviço de interesse público de transporte individual de passageiros em veículo automotor leve de aluguel, mediante pagamento de tarifa estabelecida pelo poder público."</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1435/scan_20191106_110230.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1435/scan_20191106_110230.pdf</t>
   </si>
   <si>
     <t>" Estima a Receita e Fixa a Despesa do Município de Almirante Tamanadaré para o Exercício Financeiro de 2020".</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1437/scan_20191126_101140.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1437/scan_20191126_101140.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Municipal nº2127/2019,e dá outras providências".</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1440/scan_20191210_110414.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1440/scan_20191210_110414.pdf</t>
   </si>
   <si>
     <t>"Institui o Conselho Municipal do Trabalho e o respectivo Fundo Municipal do Trabalho,e dá outras providências."</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1448/scan_20191213_150706.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1448/scan_20191213_150706.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a alterações de ações constantes nos programas para o exercício de 2020 e 2021, contidos na Lei Municipal nº 2.031/2017 alterada pela Lei 2.119/2018 de 13/12/2018,que dispõe sobre o plano Plurianual do Município de Almirante Tamandaré no período entre 2018 e 2021,e dá outras providências".</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>"Dispõe e regulamenta a destinação de honorários advocatícios de sucumbência, de natureza privada e alimentar,devido aos advogados públicos do Município de Almirante Tamandaré."</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1444/scan_20191213_134621.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1444/scan_20191213_134621.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações da Lei Municipal nº2.160/2019 que dispões sobre as Diretrizes Orçamentárias do Município de Almirante Tamandaré para o exercício de 2020,e dá outras providencias."</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1446/scan_20191213_143808.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1446/scan_20191213_143808.pdf</t>
   </si>
   <si>
     <t>"Abre crédito Adicional Especial e dá outras providencias".</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1381/001_projeto_de_lei_2019_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1381/001_projeto_de_lei_2019_leg.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1382/002_projeto_de_lei_2019_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1382/002_projeto_de_lei_2019_leg.pdf</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1397/scan_20190516_115100.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1397/scan_20190516_115100.pdf</t>
   </si>
   <si>
     <t>"Institui o programa "Adote um Bem Público"no município de Almirante Tamandaré e dá outras providências."</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1385/scan_20190430_110746.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1385/scan_20190430_110746.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre critérios para o desembarque de pessoas com deficiência,idosos e mulheres fora da parada de ônibus,em período noturno nos veículos de transporte coletivo do município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1386/scan_20190430_111330.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1386/scan_20190430_111330.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica."</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1405/scan_20190607_120530.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1405/scan_20190607_120530.pdf</t>
   </si>
   <si>
     <t>"Regulamenta e disciplina o uso de veículos oficiais no âmbito do Poder Legislativo de Almirante Tamandaré,e dá outras providências."</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1398/scan_20190516_142407.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1398/scan_20190516_142407.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização da instalação em praças e parques públicos de brinquedos adaptados e equipamentos especialmente desenvolvidos para lazer e recreação de crianças portadoras de mobilidade reduzida e necessidades especiais no âmbito do Município de Almirante Tamandaré dá outras providências."</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1387/scan_20190430_111644.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1387/scan_20190430_111644.pdf</t>
   </si>
   <si>
     <t>"Proíbe o trafego no período noturno de composições de carga no município de Almirante Tamandaré."</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1395/scan_20190514_111736.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1395/scan_20190514_111736.pdf</t>
   </si>
   <si>
     <t>"Proíbe o tráfego no período noturno de composições de carga no município de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1401/scan_20190523_110855.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1401/scan_20190523_110855.pdf</t>
   </si>
   <si>
     <t>" Dá denominação a próprio público que especifica."</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1400/scan_20190516_144914.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1400/scan_20190516_144914.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a próprio público que especifica."</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1410/scan_20190704_140848.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1410/scan_20190704_140848.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a instalação de lixeiras padronizadas em imóveis urbanos residenciais, comerciais e públicos no município de Almirante Tamandaré e dá outras providencias."</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1413/scan_20190722_102722.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1413/scan_20190722_102722.pdf</t>
   </si>
   <si>
     <t>"Altera e acrescenta dispositivos a Lei Municipal nº 2.123 de 20 de dezembro de 2018 e da outras providencias."</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1472/scan_20200903_100514.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1472/scan_20200903_100514.pdf</t>
   </si>
   <si>
     <t>Cria o Programa ESPAÇO AUNIMAL._x000D_
 "Espaço Público Para Cães",no Municipio de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1424/scan_20191011_094336.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1424/scan_20191011_094336.pdf</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1425/scan_20191011_095453.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1425/scan_20191011_095453.pdf</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1436/scan_20191119_094011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1436/scan_20191119_094011.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal Nº1.950/2017,que  dispõe sobre a organização e instituição do Plano de Cargos, Carreira e Salários dos Servidores  Públicos do Poder Legislativo do Município de  Almirante  Tamandaré, e dá outras providências".</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1426/scan_20191011_101228.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1426/scan_20191011_101228.pdf</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1427/scan_20191011_105727.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1427/scan_20191011_105727.pdf</t>
   </si>
   <si>
     <t>"Dá nominação de logradouro público que especifica."</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1441/scan_20191211_152603.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1441/scan_20191211_152603.pdf</t>
   </si>
   <si>
     <t>"Declara de utilidade pública o CENTRO COMUNITÁRIO DE VOLUNTÁRIOS - BAIRRO TANGUÁ".</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1432/scan_20191025_114234.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1432/scan_20191025_114234.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei nº396/95,publicada em 01 de novembro de 1995 - folha de Tamandaré Edição 245".</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1433/scan_20191025_114852.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1433/scan_20191025_114852.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica".</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1438/scan_20191126_103852.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1438/scan_20191126_103852.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a preservação,cadastramento,monitoramento e recuperação das nascentes existentes no Município de Almirante Tamandaré e dá outras providências".</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1473/scan_20200903_102451.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1473/scan_20200903_102451.pdf</t>
   </si>
   <si>
     <t>"Institui a política Municipal de educação ambiental."</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição de programas de integridade nas empresas que contratarem com a administração pública no município de Almirante Tamandaré e dá outras providencias."</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1442/scan_20191213_112128.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1442/scan_20191213_112128.pdf</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1384/scan_20190430_105942.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1384/scan_20190430_105942.pdf</t>
   </si>
   <si>
     <t>" Institui Comissão Especial para representar a Câmara Municipal na Marcha dos Vereadores e Vereadoras 2019".</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1431/scan_20191024_115516.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1431/scan_20191024_115516.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão Parlamentar de Inquérito destinada a investigar atos que especifica junto à Câmara Municipal de Almirante Tamandaré.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1129,67 +1129,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1411/scan_20190704_155530.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1412/scan_20190704_162504.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1409/scan_20190619_100314.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1445/scan_20191213_143002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1443/scan_20191213_113139.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1396/scan_20190516_114146.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1406/scan_20190613_160056.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1414/scan_20190722_104854.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1415/scan_20190722_111146.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1422/scan_20190912_135206.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1434/scan_20191025_115534.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1470/scan_20200812_094020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1471/scan_20200812_095914.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1403/scan_20190607_111301.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1388/scan_20190430_150254.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1383/scan_20190327_135445.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1390/scan_20190502_105220.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1391/scan_20190502_112229.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1392/scan_20190502_113706.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1389/scan_20190430_152630.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1393/scan_20190502_114333.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1394/scan_20190502_120312.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1399/scan_20190516_143719.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1402/scan_20190523_114631.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1404/scan_20190607_115651.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1408/scan_20190614_152723.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1407/scan_20190614_113712.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1416/scan_20190722_112335.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1423/scan_20190912_162456.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1417/scan_20190722_114252.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1418/scan_20190722_134933.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1439/scan_20191129_111222.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1419/scan_20190827_103035.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1421/scan_20190912_134046.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1429/scan_20191014_094347.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1430/scan_20191016_101708.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1435/scan_20191106_110230.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1437/scan_20191126_101140.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1440/scan_20191210_110414.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1448/scan_20191213_150706.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1444/scan_20191213_134621.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1446/scan_20191213_143808.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1381/001_projeto_de_lei_2019_leg.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1382/002_projeto_de_lei_2019_leg.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1397/scan_20190516_115100.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1385/scan_20190430_110746.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1386/scan_20190430_111330.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1405/scan_20190607_120530.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1398/scan_20190516_142407.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1387/scan_20190430_111644.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1395/scan_20190514_111736.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1401/scan_20190523_110855.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1400/scan_20190516_144914.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1410/scan_20190704_140848.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1413/scan_20190722_102722.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1472/scan_20200903_100514.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1424/scan_20191011_094336.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1425/scan_20191011_095453.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1436/scan_20191119_094011.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1426/scan_20191011_101228.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1427/scan_20191011_105727.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1441/scan_20191211_152603.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1432/scan_20191025_114234.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1433/scan_20191025_114852.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1438/scan_20191126_103852.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1473/scan_20200903_102451.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1442/scan_20191213_112128.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1384/scan_20190430_105942.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1431/scan_20191024_115516.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1411/scan_20190704_155530.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1412/scan_20190704_162504.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1409/scan_20190619_100314.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1445/scan_20191213_143002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1443/scan_20191213_113139.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1396/scan_20190516_114146.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1406/scan_20190613_160056.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1414/scan_20190722_104854.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1415/scan_20190722_111146.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1422/scan_20190912_135206.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1434/scan_20191025_115534.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1470/scan_20200812_094020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1471/scan_20200812_095914.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1403/scan_20190607_111301.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1388/scan_20190430_150254.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1383/scan_20190327_135445.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1390/scan_20190502_105220.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1391/scan_20190502_112229.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1392/scan_20190502_113706.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1389/scan_20190430_152630.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1393/scan_20190502_114333.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1394/scan_20190502_120312.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1399/scan_20190516_143719.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1402/scan_20190523_114631.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1404/scan_20190607_115651.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1408/scan_20190614_152723.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1407/scan_20190614_113712.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1416/scan_20190722_112335.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1423/scan_20190912_162456.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1417/scan_20190722_114252.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1418/scan_20190722_134933.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1439/scan_20191129_111222.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1419/scan_20190827_103035.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1421/scan_20190912_134046.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1429/scan_20191014_094347.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1430/scan_20191016_101708.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1435/scan_20191106_110230.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1437/scan_20191126_101140.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1440/scan_20191210_110414.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1448/scan_20191213_150706.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1444/scan_20191213_134621.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1446/scan_20191213_143808.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1381/001_projeto_de_lei_2019_leg.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1382/002_projeto_de_lei_2019_leg.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1397/scan_20190516_115100.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1385/scan_20190430_110746.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1386/scan_20190430_111330.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1405/scan_20190607_120530.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1398/scan_20190516_142407.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1387/scan_20190430_111644.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1395/scan_20190514_111736.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1401/scan_20190523_110855.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1400/scan_20190516_144914.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1410/scan_20190704_140848.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1413/scan_20190722_102722.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1472/scan_20200903_100514.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1424/scan_20191011_094336.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1425/scan_20191011_095453.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1436/scan_20191119_094011.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1426/scan_20191011_101228.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1427/scan_20191011_105727.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1441/scan_20191211_152603.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1432/scan_20191025_114234.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1433/scan_20191025_114852.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1438/scan_20191126_103852.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1473/scan_20200903_102451.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1442/scan_20191213_112128.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1384/scan_20190430_105942.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2019/1431/scan_20191024_115516.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>