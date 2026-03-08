--- v0 (2026-01-11)
+++ v1 (2026-03-08)
@@ -51,1060 +51,1060 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1375/005_decreto_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1375/005_decreto_leg.pdf</t>
   </si>
   <si>
     <t>Outorga ao ilustríssimo Senhor Doutor Tito Livio Barichello o título de Cidadão Honorário de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1376/009_decreto_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1376/009_decreto_leg.pdf</t>
   </si>
   <si>
     <t>Outorga ao ilustríssimo Senhor Anibal da Silva Rosa o título de Cidadão Honorário de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1378/decreto_011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1378/decreto_011.pdf</t>
   </si>
   <si>
     <t>Outorga ao Ilustríssimo Senhor Antônio Ilson Kotoviski Filho o título de Cidadão Honorário de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1377/012_decreto_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1377/012_decreto_leg.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito municipal a ausentar-se do País.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1379/001_lei_organica_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1379/001_lei_organica_leg.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 51 e 89 da Lei Orgânica Municipal do Município de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1380/lei_organica.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1380/lei_organica.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 51 e 89 da Lei Orgânica Municipal de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA ÁREAS CONTIDAS DENTRO DO AQUIFERO KARSTICO, DA LEI COMPLEMENTAR 050/2015 DE 23 DE DEZEMBRO DE 2015, QUE DEFINE COMO ZEIS - ZONA ESPECIAL DE INTERESSE SOCIAL NA LEI COMPLEMENTAR Nº 1/2006, DE 03 DE OUTUBRO DE 2006 E DA OUTRAS PROVIDENCIAS"</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ATUALIZA OS SERVIÇOS SUJEITOS AS TAXAS DE LICENCIAMENTO AMBIENTAL E SEUS RESPECTIVOS VALORES"</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO À LEI COMPLEMENTAR Nº 14 DE 17 DE DEZEMBRO DE 2009."</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI 065 DE 06 DE DEZEMBRO DE 2017, QUE DEFINIA COMO ZEIS - ZONA ESPECIAL DE INTERESSE SOCIAL, ÁREA QUE ESPECIFICAVA, ACRESCENTADA NO DISPOSITIVO NA LEI COMPLEMENTAR Nº 002/2006, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DEFINE COMO ZEIS - ZONA ESPECIAL DE INTERESSE SOCIAL, ÁREA QUE ESPECIFICA, ACRESCENTA DISPOSITIVO NA LEI COMPLEMENTAR Nº 02/2006 E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DEFINE COMO ZONA ESPECIAL DE INTERESSE SOCIAL, ÁREA QUE ESPECIFICA, ACRESCENTA DISPOSITIVO NA LEI COMPLEMENTAR Nº 2/2006, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A RECOMPOSIÇÃO DA PERDA DO PODER AQUISITIVO DOS SERVIDORES PÚBLICOS MUNICIPAIS NO PERÍODO DE MAIO DE 2017 A ABRIL DE 2018".</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DEFINE COMO ZEIS - ZONA ESPECIAL DE INTERESSE SOCIAL, ÁREA QUE ESPECIFICA, ACRESCENTA DISPOSITIVO NA LEI COMPLEMENTAR Nº 02/2006, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.pdf</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1359/012_complementar_ex.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1359/012_complementar_ex.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Diretor Municipal, e estabelece objetivos instrumentos e Diretrizes para as Ações de Planejamento no Município de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1360/013_complementar_ex.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1360/013_complementar_ex.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o código de Obras e Edificações do Município de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1361/014_complementar_ex.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1361/014_complementar_ex.pdf</t>
   </si>
   <si>
     <t>Define o perímetro urbano do Município de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1362/015_complementar_ex.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1362/015_complementar_ex.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o código de Parcelamento do Solo Urbano, sobre remembramento e condomínios Horizontais no Município de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1363/017_complementar_ex.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1363/017_complementar_ex.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Viário do Município de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1364/plc_018-18_-_executivo.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1364/plc_018-18_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Zoneamento de Uso e Ocupação do Solo do Município de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1365/019_complementar_ex.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1365/019_complementar_ex.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à Lei Complementar nº14 de Dezembro de 2009.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1282/1282_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1282/1282_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DA DENOMINAÇÃO DO CENTRO DE ARTES E ESPORTES UNIFICADOS CEU"_x000D_
 CORRESPONDE AO PROJETO DE LEI 078/2017</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº1.768/2014.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>"AUTORIZA O PARCELAMENTO DOS REPASSES DE CONTRIBUIÇÃO PATRONAL DEVIDAS PARA O INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ (IPMAT), RELATIVO AOS MESES DE AGOSTO A DEZEMBRO DE 2017, VINCENDAS DE JANEIRO E FEVEREIRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI MUNICIPAL Nº 1.690/2013.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">" AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE VENDA, MOVEIS DE PROPRIEDADE DO MUNICÍPIO, ATRAVÉS DE LEILÃO, CONFORME ESPECIFICA". </t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ABRE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVOGAÇÃO DA LEI MUNICIPAL Nº 1.981/2017"</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.pdf</t>
   </si>
   <si>
     <t>" ALTERA A LEI MUNICIPAL Nº 1419/2009".</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.pdf</t>
   </si>
   <si>
     <t>" ABRE CREDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A FIRMAR CONTRATO COM O CONSÓRCIO METROPOLITANO DE SAÚDE DO PARANÁ - COMESP, PARA IMPLANTAÇÃO E EXECUÇÃO DO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA (SAMU) - MICRORREGIÃO NORTE E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA A NOMENCLATURA DAS SECRETARIAS MUNICIPAIS CONSTANTE DA LEI MUNICIPAL Nº 2.051/2018"</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO JUNTO À CAIXA ECONÔMICA FEDERAL, NO ÂMBITO DO PROGRAMA FINISA - FINANCIAMENTO À INFRAESTRUTURA E AO SANEAMENTO NA MODALIDADE APOIO FINANCEIRO DESTINADO A APLICAÇÃO EM DESPESA DE CAPITAL E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 20, INCISO I, ARTIGO 23, INCISO II E ARTIGO 24, ANEXO I E III DA LEI MUNICIPAL Nº 2.051/2018."</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 1º DA LEI MUNICIPAL Nº 1.690/2013."</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL E ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1321/1321_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1321/1321_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DA DENOMINAÇÃO A PRÓPRIO PÚBLICO QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CRIA O CONSELHO MUNICIPAL DE SEGURANÇA PÚBLICA - COMSEP E O FUNDO MUNICIPAL DE SEGURANÇA PÚBLICA - FUMSEP, E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA DISPOSITIVOS NA LEI MUNICIPAL Nº 127/91 DE 14 DE NOVEMBRO DE 1991, DISPÕE SOBRE O FUNCIONAMENTO DO CONSELHO TUTELAR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A PRÓPRIO PÚBLICO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.pdf</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.pdf</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.pdf</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CREDITO JUNTO A CAIXA ECONÔMICA FEDERAL, NO ÂMBITO DO PROGRAMA FINISA - FINANCIAMENTO À INFRAESTRUTURA E AO SANEAMENTO NA MODALIDADE APOIO FINANCEIRO DESTINADO A APLICAÇÃO EM DESPESA DE CAPITAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DA TRAVESSA JOSÉ FERREIRA, PARA A CONSTRUÇÃO DA ESCOLA MUNICIPAL CORONEL JOÃO CÂNDIDO DE OLIVEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE PARTE DA RUA POFª. MAFALDA KLAPOWSKO, PARA CONSTRUÇÃO DA ESCOLA MUNICIPAL CORONEL JOÃO CÂNDIDO DE OLIVEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Autoriza o parcelamento dos repasses de contribuição patronal devidas para o Instituto de Previdência do município  de Almirante Tamandaré (IPMAT), relativo aos meses março a dezembro de 2018, bem como o correspondente ao valor do 13º salário do ano de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1345/scan_20181219_162306.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1345/scan_20181219_162306.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei de Diretrizes Orçamentarias do Município de Almirante Tamandaré para o exercício de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1344/projeto_de_lei_ordinaria_no035-2018.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1344/projeto_de_lei_ordinaria_no035-2018.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Estima a Receita no valor de R$ 254.337.086,55, e fixa a despesa do município de Almirante Tamandaré para o Exercício Financeiro de 2019 em R$ 254.337.086,55</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>"Altera e acresce dispositivos na Lei nº 891/2002 que instituiu o Regime Próprio de Previdência Social dos Servidores de Almirante Tamandaré e dá outras providências".</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1348/scan_20181220_091037.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1348/scan_20181220_091037.pdf</t>
   </si>
   <si>
     <t>"Da denominação a próprio público que especifica"</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1349/scan_20181220_091819.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1349/scan_20181220_091819.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual do Município de Almirante Tamandaré para o quadriênio 2018 a 2021, e dá outras providências".</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1350/scan_20181220_092213.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1350/scan_20181220_092213.pdf</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1351/scan_20181220_092629.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1351/scan_20181220_092629.pdf</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1352/scan_20181220_092939.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1352/scan_20181220_092939.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O SERVIÇO MUNICIPAL DE TRANSPORTE COLETIVO URBANO DE PASSAGEIROS NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1353/scan_20181220_101242.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1353/scan_20181220_101242.pdf</t>
   </si>
   <si>
     <t>"Altera o Artigo 1º da Lei Municipal nº 1793/2014."</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1354/scan_20181220_102406.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1354/scan_20181220_102406.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Serviço de Transporte Escolar Privado do Município.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1355/048_lei_ordinaria_ex.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1355/048_lei_ordinaria_ex.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 130 e §2º da Lei Complementar 019/2011 , e da nova redação.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1356/049_lei_ordinaria_ex.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1356/049_lei_ordinaria_ex.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estatuto e sobre o plano de cargos , carreira e vencimentos dos professores da educação básica do Município de Almirante Tamandaré, altera e substitui a lei complementar nº06 de 20 de dezembro de 2006.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1357/050_lei_ordinaria_ex.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1357/050_lei_ordinaria_ex.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 1º e 2º da Lei Municipal nº2.098/2018.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1358/051_lei_ordinaria_ex.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1358/051_lei_ordinaria_ex.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Quem Separa Colhe, e dá outras providências.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA E REVOGA DISPOSITIVOS DA LEI 2.026/2017, DE 22 DE NOVEMBRO DE 2017, QUE &amp;#8220;DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL E ADMINISTRATIVA DA CÂMARA MUNICIPAL DE ALMIRANTE TAMANDARÉ&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA E ACRESCENTA DISPOSITIVOS À LEI 1.948/2017, DE 04 DE ABRIL DE 2017, QUE &amp;#8220;DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO JUNTO AOS GABINETES PARLAMENTARES DOS VEREADORES&amp;#8221;; REVOGA A LEI 2.028/2017, DE 22 DE NOVEMBRO DE 2017; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.pdf</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.pdf</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A PRÓPRIO PÚBLICO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.pdf</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>RETIRADO PELO AUTOR.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>RETIRADO PELO AUTOR</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1303/1303_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1303/1303_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI 1754/2013 DE 02 DE DEZEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1304/1304_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1304/1304_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ A SEMANA DA LEITURA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ A SEMANA MUNICIPAL DA VALORIZAÇÃO DA VIDA E DA FAMÍLIA&amp;#8221;.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1314/1314_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1314/1314_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO A PRÓPRIO PÚBLICO QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ISENÇÃO DO PAGAMENTO DE VALORES A TÍTULO DE INSCRIÇÃO EM CONCURSOS PÚBLICOS, NO ÂMBITO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, PARA OS ELEITORES CONVOCADOS E NOMEADOS, QUE TENHAM PRESTADO SERVIÇO ELEITORAL".</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1909/2016 DE 15 DE SETEMBRO DE 2016.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.pdf</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE PREVENÇÃO ÁS NASCENTES E MANANCIAIS SEU CADASTRAMENTO E MONITORAMENTO NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA O ARMAZENAMENTO ELETRÔNICO DOS PRONTUÁRIOS DOS PACIENTES USUÁRIOS DO SISTEMA PUBLICO DE SAÚDE DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A PRÓPRIO PÚBLICO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.pdf</t>
   </si>
   <si>
     <t>REJEITADO EM ÚNICA DISCUSSÃO.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1366/029_projeto_lei_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1366/029_projeto_lei_leg.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de logradouro público que especifica.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1367/030_projeto_de_lei_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1367/030_projeto_de_lei_leg.pdf</t>
   </si>
   <si>
     <t>Dá denominação de logradouro público que especifica.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1368/032_projeto_de_lei_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1368/032_projeto_de_lei_leg.pdf</t>
   </si>
   <si>
     <t>Dá denominação a próprio público que especifica.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1369/033_projeto_de_lei_leg_9lyGyx6.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1369/033_projeto_de_lei_leg_9lyGyx6.pdf</t>
   </si>
   <si>
     <t>Dá denominação de logradouro próprio público que especifica.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1373/037_projeto_de_lei_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1373/037_projeto_de_lei_leg.pdf</t>
   </si>
   <si>
     <t>Retirado pelo autor.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1370/038_projeto_de_lei_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1370/038_projeto_de_lei_leg.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Próprio Público que especifica e da outras providências.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1371/039_projeto_lei_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1371/039_projeto_lei_leg.pdf</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1372/041_projeto_de_lei_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1372/041_projeto_de_lei_leg.pdf</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI COMISSÃO ESPECIAL PARA REPRESENTAR A CÂMARA MUNICIPAL NA XVI MARCHA DOS VEREADORES&amp;#8221;.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO ESPECIAL PARA REPRESENTAR A CÂMARA MUNICIPAL NO 8° FÓRUM MUNDIAL DA AGUA</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1374/003_projeto_de_resolucao_leg.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1374/003_projeto_de_resolucao_leg.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 001/2005.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1411,67 +1411,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1375/005_decreto_leg.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1376/009_decreto_leg.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1378/decreto_011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1377/012_decreto_leg.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1379/001_lei_organica_leg.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1380/lei_organica.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1359/012_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1360/013_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1361/014_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1362/015_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1363/017_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1364/plc_018-18_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1365/019_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1345/scan_20181219_162306.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1344/projeto_de_lei_ordinaria_no035-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1348/scan_20181220_091037.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1349/scan_20181220_091819.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1350/scan_20181220_092213.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1351/scan_20181220_092629.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1352/scan_20181220_092939.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1353/scan_20181220_101242.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1354/scan_20181220_102406.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1355/048_lei_ordinaria_ex.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1356/049_lei_ordinaria_ex.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1357/050_lei_ordinaria_ex.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1358/051_lei_ordinaria_ex.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1366/029_projeto_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1367/030_projeto_de_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1368/032_projeto_de_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1369/033_projeto_de_lei_leg_9lyGyx6.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1373/037_projeto_de_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1370/038_projeto_de_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1371/039_projeto_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1372/041_projeto_de_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1374/003_projeto_de_resolucao_leg.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1375/005_decreto_leg.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1376/009_decreto_leg.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1378/decreto_011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1377/012_decreto_leg.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1379/001_lei_organica_leg.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1380/lei_organica.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1359/012_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1360/013_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1361/014_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1362/015_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1363/017_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1364/plc_018-18_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1365/019_complementar_ex.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1345/scan_20181219_162306.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1344/projeto_de_lei_ordinaria_no035-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1348/scan_20181220_091037.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1349/scan_20181220_091819.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1350/scan_20181220_092213.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1351/scan_20181220_092629.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1352/scan_20181220_092939.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1353/scan_20181220_101242.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1354/scan_20181220_102406.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1355/048_lei_ordinaria_ex.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1356/049_lei_ordinaria_ex.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1357/050_lei_ordinaria_ex.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1358/051_lei_ordinaria_ex.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1366/029_projeto_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1367/030_projeto_de_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1368/032_projeto_de_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1369/033_projeto_de_lei_leg_9lyGyx6.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1373/037_projeto_de_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1370/038_projeto_de_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1371/039_projeto_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1372/041_projeto_de_lei_leg.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2018/1374/003_projeto_de_resolucao_leg.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>