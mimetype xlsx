--- v0 (2026-01-11)
+++ v1 (2026-03-18)
@@ -51,1517 +51,1517 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OUTORGA AO ILUSTRÍSSIMO SENHOR CLEBERSON ADRIANO EVANGELISTA O TITULO DE CIDADÃO HONORÁRIO DE ALMIRANTE TAMANDARÉ. </t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1259/1259_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1259/1259_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OUTORGA AO ILUSTRÍSSIMO SENHOR CORONEL MAURO CELSO MONTEIRO O TÍTULO DE CIDADÃO HONORÁRIO DE ALMIRANTE TAMANDARÉ. </t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 81 LEI ORGÂNICA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ".</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGO 69 LEI ORGÂNICA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 14/2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO DA PERDA DO PODER AQUISITIVO DOS SERVIDORES PÚBLICOS MUNICIPAIS NO PERÍODO DE MAIO DE 2016 A ABRIL DE 2017.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATUALIZA OS SERVIÇOS SUJEITOS AS TAXAS DE LICENCIAMENTO AMBIENTAL E SEUS RESPECTIVOS VALORES.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 10º, ALTERA AS TABELAS CONTIDAS NO ANEXO 03 DA LEI COMPLEMENTAR Nº002/2006 DE 03/10/2006, ALTERA AS TABELAS DA LEI COMPLEMENTAR Nº 49/2015 DE 05/11/2015, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O VALOR MÍNIMO DO IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU, PARA O EXERCÍCIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ANEXO I DA LEI COMPLEMENTAR Nº14 DE 17 DE DEZEMBRO DE 2009 E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1240/1240_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1240/1240_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 31 DA LEI COMPLEMENTAR Nº.14 DE 17 DE DEZEMBRO DE 2009, E INCLUI O INCISO XXI.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1272/1272_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1272/1272_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE COMO ZEIS - ZONA ESPECIAL DE INTERESSE SOCIAL, ÁREA QUE ESPECIFICA, ACRESCENTA DISPOSITIVO NA LEI COMPLEMENTAR Nº 002/2006, E Á OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1273/1273_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1273/1273_texto_integral.pdf</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1274/1274_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1274/1274_texto_integral.pdf</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1275/1275_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1275/1275_texto_integral.pdf</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Gerson Colodel</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O BRASÃO MUNICÍPIO DE ALMIRANTE TAMANDARÉ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA EXPRESSAMENTE O PARÁGRAFO 2º, DO ARTIGO 1º, DA LEI MUNICIPAL N.º 1.713/2013</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 1065/2004 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS - 2017 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 1.923/2017 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE A DEFINIÇÃO DE CRITÉRIOS DE ESCOLHA MEDIANTE A CONSULTA A COMUNIDADE ESCOLAR PARA DESIGNAÇÃO DE DIRETORES DA REDE MUNICIPAL DE EDUCAÇÃO BÁSICA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTITUI O COMITÊ DE GESTÃO INTERSETORIAL DE DENGUE DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.923/2017 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS SECRETÁRIOS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PARA OS EXERCÍCIOS DE 2017 A 2020 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DOAÇÃO DE TERRENO AO ESTADO DO PARANÁ. </t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº1.683/2013".</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf</t>
   </si>
   <si>
     <t>" INSTITUI O PROGRAMA DE PAVIMENTAÇÃO COMUNITÁRIA DE ALMIRANTE TAMANDARÉ "MEU ASFALTO" E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DO ART.25 DA LEI Nº1.706/2013".</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA O EXECUTIVO MUNICIPAL CELEBRAR CONVÊNIO COM O SINDICATO DOS TRABALHADORES RURAIS DE ALMIRANTE TAMANDARÉ, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA O CHEFE DO PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CREDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A., E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ABRE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL, A REQUERER A EXTINÇÃO DOS PROCESSOS DE EXECUÇÃO FISCAL, COM VALORES INFERIORES E/OU IGUAL A 01 (UMA) E 1/2 (MEIA) UR (UNIDADE DE REFERÊNCIA).</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf</t>
   </si>
   <si>
     <t>" ABRE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A CRIAÇÃO DO CONSELHO COMUNITÁRIO DE SEGURANÇA PÚBLICA (CONSEG) E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS OBRIGAÇÕES DE PEQUENO VALOR. ATENDENDO AO DISPOSTO NOS 3º E 4º DO ARTIGO 100 DA CONSTITUIÇÃO DA REPÚBLICA DE 1988, COM REDAÇÃO DADA PELA EMENDA CONSTITUCIONAL Nº62, DE 09 DE DEZEMBRO DE 2009, CONJUGADO COM O ART87 DO ADCT.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 1422/2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RATIFICA O CONTRATO DE PARCELAMENTO ENTRE O MUNICÍPIO E A COPEL. </t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA O CONTRATO DE PARCELAMENTO ENTRE O MUNICÍPIO E A SANEPAR.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "DIA MUNICIPAL DA MARCHA PARA JESUS", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 15 DA LEI MUNICIPAL 1.923/2017 E ANEXO III.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA OS COMPONENTES DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, ESTADO DO PARANÁ, DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR E NUTRICIONISTA - SISAN, DEFINE OS PARÂMETROS PARA A ELABORAÇÃO E IMPLEMENTAÇÃO DO PLANO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS NA LEI MUNICIPAL 865/2001</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA MULHER NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SELO SOCIAL E INSTITUI O "DIA DA EMPRESA CIDADÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO DE ESPORTE E LAZER DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DO IDOSO QUE DISPÕE SOBRE A POLÍTICA DOS DIREITOS DA PESSOA IDOSA NO MUNICÍPIO, ALTERA INCISOS DA 1026/2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO E REPARCELAMENTO DOS REPASSES DE CONTRIBUIÇÃO PATRONAL DEVIDAS PARA O INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ - IPMAT, RELATIVO ÁS COMPETÊNCIAS ATÉ MARCO DE 2017, E DA OUTRAS PROVIDENCIAS,</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1230/1230_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1230/1230_texto_integral.pdf</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1231/1231_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1231/1231_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO DOS REPASSES DE CONTRIBUIÇÃO PATRONAL PARA O INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ - IPMAT, RELATIVO AOS MESES DE MAIO/2017 ATÉ JULHO/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1225/1225_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1225/1225_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1229/1229_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1229/1229_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE JUVENTUDE DE ALMIRANTE TAMANDARÉ CMJ-AT DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1227/1227_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1227/1227_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR, TEMPORÁRIA E EMERGENCIALMENTE, OFICINEIROS PARA O CAPS II E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CREDENCIAMENTO DE PRESTADORES DE SERVIÇO DE CONSULTAS MÉDICAS ESPECIALIZADAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1228/1228_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1228/1228_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS CONJUNTOS RESIDENCIAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1224/1224_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1224/1224_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A TRANSFERÊNCIA DO POTENCIAL CONSTRUTIVO PREVISTA NO PLANO DIRETOR DA LEI COMPLEMENTAR 002/2006 DE 03 DE OUTUBRO DE 2006 DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1226/1226_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1226/1226_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 10 DA LEI 1204/2006, QUE DISPÕE SOBRE O SISTEMA VIÁRIO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, DE 03 DE OUTUBRO DE 2006 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1241/1241_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1241/1241_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNDO MUNICIPAL DE SAÚDE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1250/1250_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1250/1250_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1252/1252_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1252/1252_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 36, ANEXO III; ART.38 ANEXO I E ART. 47 DA LEI MUNICIPAL Nº 2.009/2017.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1251/1251_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1251/1251_texto_integral.pdf</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1253/1253_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1253/1253_texto_integral.pdf</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1254/1254_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1254/1254_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO DE TERRENO AO MINISTÉRIO PÚBLICO DO ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1255/1255_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1255/1255_texto_integral.pdf</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1256/1256_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1256/1256_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 10 ITEM I; ART.13, TÍTULO IV, CAPITULO I, SEÇÃO I, ART.14, INSERE O ART. 14-A, ANEXO I DA LEI MUNICIPAL N 2.009/2017 E ALTERA O ANEXO III DA LEI MUNICIPAL Nº 2.012/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>REGULAMENTA A CELEBRAÇÃO DE TERMO DE COOPERAÇÃO ENTRE O PODER PÚBLICO MUNICIPAL E A INICIATIVA PRIVADA, PARA RECEBIMENTO DE BENS E SERVIÇOS, SEM ÔNUS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1257/1257_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1257/1257_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART.1º E 6º DA LEI MUNICIPAL Nº2.023/2017, ART 1º DA LEI MUNICIPAL 2.012/2017 E OS ARTIGOS 14 E 15 DA LEI MUNICIPAL Nº 2.009/2017.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1258/1258_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1258/1258_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI MUNICIPAL Nº 2.017/2017.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1261/1261_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1261/1261_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI ORDINÁRIA Nº 865/2001, DE 14 DE DEZEMBRO DE 2001.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1262/1262_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1262/1262_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O CONSELHO MUNICIPAL DE CONTROLE SOCIAL DE SANEAMENTO, NO ÂMBITO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ - PR</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1263/1263_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1263/1263_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO JUNTO À CAIXA ECONÔMICA FEDERAL, NO ÂMBITO DO PROGRAMA FINISA - FINANCIAMENTO À INFRAESTRUTURA E AO SANEAMENTO NA MODALIDADE APOIO FINANCEIRO DESTINADO A APLICAÇÃO EM DESPESA DE CAPITAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1264/1264_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1264/1264_texto_integral.pdf</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1265/1265_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1265/1265_texto_integral.pdf</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf</t>
   </si>
   <si>
     <t>" DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf</t>
   </si>
   <si>
     <t>RETIRADO PELO AUTOR.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf</t>
   </si>
   <si>
     <t>" ESTABELECE A POSSIBILIDADE DO AGENDAMENTO TELEFÔNICO DE CONSULTAS E EXAMES LABORATORIAIS, PARA PACIENTES IDOSOS, GESTANTES, MULHERES COM CRIANÇA DE COLO, E PORTADORES DE NECESSIDADES ESPECIAIS, JÁ CADASTRADAS NAS UNIDADES DE SAÚDE DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ - PARANÁ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RETIRADO PELO AUTOR. </t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf</t>
   </si>
   <si>
     <t>" ALTERA A LEI Nº 012/83 DE 20 DE OUTUBRO DE 1.983 E A LEI 707/1999 DE 9 DE DEZEMBRO DE 1.999".</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf</t>
   </si>
   <si>
     <t>" INSTITUI O PROGRAMA DE "HORTA COMUNITÁRIA E FAMILIAR" NO ÂMBITO DO MUNICIPIO DE ALMIRANTE TAMANDARÉ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DA DENOMINAÇÃO A LOGRADOURO PÚBLICO".</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf</t>
   </si>
   <si>
     <t>" DISPÕES SOBRE A ESTRUTURA ORGANIZACIONAL E ADMINISTRATIVA DA CÂMARA MUNICIPAL DE ALMIRANTE TAMANDARÉ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A ORGANIZAÇÃO E INSTITUIÇÃO DO PLANO DE CARGOS, CARREIRA E SALÁRIOS DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO JUNTO AOS GABINETES PARLAMENTARES DOS VEREADORES E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE O PERCENTUAL MÍNIMO DE CARGOS COMISSIONADOS DO PODER LEGISLATIVO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, A SEREM PREENCHIDOS POR SERVIDORES DE CARREIRA".</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART.1º DA LEI Nº 1864/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DE USO DAS CORES DA BANDEIRA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, NO UNIFORME E MOCHILA, CEDIDO AS CRIANÇAS DA REDE PUBLICA DE ENSINO MUNICIPAL.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA. </t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>REJEITADO EM ÚNICA DISCUSSÃO.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 974/2003 DE 04 DE JUNHO DE 2.003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE TRABALHADORES A PARTIR DE CONSULTA AO BANCO DE DADOS DAS AGÊNCIAS DO TRABALHADOR DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PELAS EMPRESAS CONCESSIONÁRIAS, PERMISSIONÁRIAS E TERCEIRIZADAS DE SERVIÇOS PÚBLICOS MUNICIPAIS, EMPRESAS PÚBLICAS E SOCIEDADES DE ECONOMIA MISTA, BEM COMO EMPRESAS BENEFICIADAS COM PROGRAMAS DE FOMENTO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO DE LOGRADOURO PUBLICO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROJETO "CIDADE LIMPA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUIU NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ A SEMANA DA LEITURA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART.1º DA LEI 1668/2013 DE 11 DE MARÇO DE 2013.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1242/1242_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1242/1242_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA "PICHAÇÃO É CRIME", QUE VISA COMBATER AS PICHAÇÕES NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1332/1332_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1332/1332_texto_integral.pdf</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1236/1236_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1236/1236_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES E ORGANIZADORES DA VILA MARTA.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA O INSTITUTO TAMANDAREENSE DE AÇÃO SOCIAL"</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1235/1235_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1235/1235_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE PROTEÇÃO DOS DIREITOS DOS DIREITOS DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA, INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO A SEMANA MUNICIPAL DA CONSCIENTIZAÇÃO SOBRE O TRANSTORNO DO ESPECTRO AUTISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1237/1237_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1237/1237_texto_integral.pdf</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1249/1249_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1249/1249_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPROVADO.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1238/1238_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1238/1238_texto_integral.pdf</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1239/1239_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1239/1239_texto_integral.pdf</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1243/1243_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1243/1243_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA TAMANDARÉ SORRIDENTE DE HIGIENE BUCAL NA REDE PÚBLICA MUNICIPAL DE ENSINO DE ALMIRANTE TAMANDARÉ.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1244/1244_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1244/1244_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1245/1245_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1245/1245_texto_integral.pdf</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1246/1246_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1246/1246_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1247/1247_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1247/1247_texto_integral.pdf</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1248/1248_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1248/1248_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DO BAIRRO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1277/1277_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1277/1277_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ART. 2º DA LEI MUNICIPAL Nº 1.948/2017 E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1276/1276_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1276/1276_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL E ADMINISTRATIVA DA CÂMARA MUNICIPAL DE ALMIRANTE TAMANDARÉ E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1266/1266_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1266/1266_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO DE LOGRADOURO PÚBLICO.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1267/1267_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1267/1267_texto_integral.pdf</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1268/1268_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1268/1268_texto_integral.pdf</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1269/1269_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1269/1269_texto_integral.pdf</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1270/1270_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1270/1270_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ A SEMANA DO XADREZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1271/1271_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1271/1271_texto_integral.pdf</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.doc</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO A CARGOS CRIADOS PELAS RESOLUÇÕES Nº004/2008, Nº004/2000, Nº001/2001, E Nº006/2006</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1232/1232_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1232/1232_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO ESPECIAL PARA REPRESENTAR A CÂMARA MUNICIPAL NA XV MARCHA DOS VEREADORES.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO PARLAMENTAR INQUÉRITO DESTINADA A INVESTIGAR O USO E OCUPAÇÃO IRREGULARES DE ÁREAS DE TERRENOS PERTENCENTES AO PATRIMÔNIO DO MUNICÍPIOS DE ALMIRANTE TAMANDARÉ.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1233/1233_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1233/1233_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO ESPECIAL PARA REPRESENTAR A CÂMARA MUNICIPAL NO CURSO DE FISCALIZAÇÃO DE LICITAÇÃO E CONTRATOS ADMINISTRATIVOS.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1234/1234_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1234/1234_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO ESPECIAL PARA REPRESENTAR A CÂMARA MUNICIPAL NO CONSELHO ESTADUAL DAS CIDADES A 35ª REUNIÃO ORDINÁRIA PREPARATÓRIA PARA 6º CONFERENCIA EM FOZ DO IGUAÇU.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2017/2429/pres_006-2017.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2017/2429/pres_006-2017.pdf</t>
   </si>
   <si>
     <t>Institui Férias, acrescidas do Terço Constitucional, e Décimo Terceiro Subsídio aos Vereadores da Câmara Municipal do Município de Almirante Tamandaré  e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1868,67 +1868,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2017/2429/pres_006-2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2017/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2017/2429/pres_006-2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>