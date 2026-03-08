--- v0 (2026-01-13)
+++ v1 (2026-03-08)
@@ -54,1123 +54,1123 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Zé Bico Perussi</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/942/942_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/942/942_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO ART.1º DO PROJETO DE LEI Nº005/2016 - SAMU ÁREA NORTE</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carlão Stresser</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJAM REALIZADAS MANUTENÇÃO E PAVIMENTAÇÃO DA RUA SANTINO DE BARROS NO BAIRRO </t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A READEQUAÇÃO DA REDE COLETA DE ESGOTO NA RUA ROQUE GUSSO,NO BAIRRO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A MANUTENÇÃO DE TODAS AS RUAS DO BAIRRO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA ROQUE GUSSO, NO BAIRRO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Osvaldo Stival</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/933/933_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/933/933_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA UMA LOMBADA NA RUA PADRE PEDRO FUSS, VILA FELIZ</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/932/932_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/932/932_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA ROÇADA NA RUA ANTÔNIO EDUARDO TREVISAN </t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro Paulo Guerreiro </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA - SUBSTITUIÇÃO DE LÃMPADAS QUEIMADAS DO LOTEAMENTO MARINONI NO BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1009/1009_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1009/1009_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PINTURA E SINALIZAÇÃO DAS RUAS NO LOTEAMENTO MARINONI NO BAIRRO TANGUÁ. </t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO NO TANGUÁ - NAS RUAS DO LOTEAMENTO MONTPARNASSE E NO MARINONI.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1008/1008_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1008/1008_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VARRIÇÃO E REMOÇÃO DE SUJEIRA - AV. VEREADOR WADISLAU BUGALSKI NO BAIRRO LAMENHA GRANDE.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/978/978_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/978/978_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇO DE PATROLAMENTO - BAIRRO TANGUÁ - RUAS ORLANDO CUSTODIO,PADRE JOSÉ MAURICIO,CESAR A FERRI...</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1035/1035_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1035/1035_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA NO TANGUÁ - OPERAÇÃO TAPA BURACOS NA RUA AFONSO MATHUCHESKI, MARINONI</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/977/977_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/977/977_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TANGUÁ - MANUTENÇÃO DAS RUAS LUIZ GASPARIM,FREI CANECA,CÂNDIDO RONDON,VITAL BRASIL E VILA LOBOS.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/947/947_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/947/947_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA MANUTENÇÃO DAS RUAS JUVÊNCIO FERMINO DE BRITO E GERMANO THOALDO, NO BAIRRO MOSACAL.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/948/948_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/948/948_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA MANUTENÇÃO DE TODAS AS RUAS DO BAIRRO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/949/949_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/949/949_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA FEITA PAVIMENTAÇÃO ASFÁLTICA NAS RUAS BASÍLIO BENATO, ROSA SONATO E ANTONIO DE OLIVEIRA CRUZ,NO BAIRRO SÃO JOÃO BATISTA. </t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/950/950_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/950/950_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA ADEQUAÇÃO DO SISTEMA DE COLETA DE ÁGUAS PLUVIAIS NA RUA ZILDA BARBOSA.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1010/1010_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1010/1010_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E MANUTENÇÃO DAS RUAS DO JD.IRACEMA NO BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/962/962_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/962/962_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA MANUTENÇÃO DA ILUMINAÇÃO PUBLICA NA RODOVIA DOS MINÉRIOS, N°1471.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1036/1036_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1036/1036_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA - OPERAÇÃO TAPA BURACOS NA RUA AFONSO MATHUCHESKI NO MARINONI NO TANGUÁ.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/976/976_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/976/976_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇO DE PINTURA E SINALIZAÇÃO - DAS RUAS NO LOTEAMENTO MARINONI - BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1007/1007_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1007/1007_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA - OPERAÇÃO TAPA BURACOS NAS RUAS ROUXINOL, GRALHA AZUL, ANDORINHAS, BEIJA FLOR</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/975/975_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/975/975_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURAS E SINALIZAÇÕES DAS LOMBADAS - AV. PROFESSOR ALBERTO KRAUSE E EDGAR ALBERTO TIEMAN NO TANGUÁ.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1006/1006_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1006/1006_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E RECUPERAÇÃO DAS RUAS NO TANGUÁ - PADRE J MAURICIO,CESAR A FEM,JOSÉ KLEINA</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/974/974_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/974/974_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE BASE COMUNITÁRIA MÓVEL PMPR NO TANGUÁ. ESQUINA DA AV.PROF.A KRAUSE E AFFONSO MATHUZCEWSKI.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1119/1119_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1119/1119_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE LINHA ESPECIAL DE ÔNIBUS.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1120/1120_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1120/1120_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TOTEM DE MONITORAMENTO DA PMPR - BAIRRO TANGUÁ E MARINONI.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1121/1121_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1121/1121_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA-R MAX A TIEMANN,VITAL BRASIL,JULIA L MACHADO,VL LOBOS...</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA - RUA FRANCISCO THIAGO DA COSTA - BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco Nunes </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/937/937_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OUTORGA AO ILUSTRÍSSIMO SENHOR ELOIR DOS SANTOS O TÍTULO DE CIDADÃO HONORÁRIO DE ALMIRANTE TAMANDARÉ_x000D_
 </t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marcelo Bini</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/943/943_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/943/943_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA AO ILUSTRÍSSIMO SENHOR PAULO CESAR NABARRO KEMPFER O TÍTULO DE CIDADÃO HONORÁRIO DE ALMIRANTE TAMANDARÉ</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Aldnei Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O VENCIMENTO DOS PROFISSIONAIS SERVIDORES PÚBLICOS CIRURGIÕES DENTISTAS NO PERCENTUAL DE 22,17% (VINTE E DOIS, VÍRGULA, DEZESSETE POR CENTO)</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/826/826_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/826/826_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI E ATUALIZA O REGIME JURÍDICO, PLANO DE CARGOS, FUNÇÕES E SALÁRIOS DOS SERVIDORES QUE POSSUEM FUNÇÕES E CARGOS INTERNOS NO INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ - IPMAT, ADEQUA E CONSOLIDA A LEI Nº891/2002 E LEIS POSTERIORES, FIXA SUAS DIRETRIZES E DÁ OUTRAS PROVIDÊNCIAS, REVOGANDO AS LEIS E DISPOSITIVOS EM CONTRÁRIO</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/953/953_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A RECOMPOSIÇÃO DA PERDA DO PODER AQUISITIVO DOS SERVIDORES PÚBLICOS MUNICIPAIS NO PERÍODO DE JANEIRO A MAIO DE 2016"</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/964/964_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/964/964_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO I, II E III DA LEI COMPLEMENTAR Nº006/2006, DE 20 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/965/965_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/965/965_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DEFINE COMO ZEIS - ZONA ESPECIAL DE INTERESSE SOCIAL, ÁREA QUE ESPECIFICA, ACRESCENTA DISPOSITIVO NA LEI COMPLEMENTAR Nº001/2006, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/966/966_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/966/966_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ZONEAMENTO SETOR ESPECIAL DE VIAS ESTRUTURAIS &amp;#8211; SVE E RESIDENCIAL DO KARST &amp;#8211; ZRK, PARA ZONA INDUSTRIAL &amp;#8211; ZI, NA ÁREA ESPECIAL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1114/1114_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1114/1114_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, PARA ISENTAR O CONTRIBUINTE DA TAXA DE EXPEDIENTE AO REALIZAR CONSULTA COMERCIAL, EM OBSERVÂNCIA AO ART. 4º, §4º, DA LEI FEDERAL Nº 11.598/2007, QUE CRIA A REDE NACIONAL PARA A SIMPLIFICAÇÃO DO REGISTRO DA LEGALIZAÇÃO DE EMPRESAS E NEGÓCIOS &amp;#8211; REDESIM</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1652 DE 09 DE JANEIRO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº1652 DE 09 DE JANEIRO DE 2013, ALTERADA PELA LEI Nº1875 DE 20 DE JANEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A PERMUTAR IMÓVEIS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/940/940_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/940/940_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"ABRE CRÉDITO ADICIONAL E ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS" </t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/941/941_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/941/941_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O REPASSE MENSAL DE ATÉ R$0,25 (VINTE E CINCO CENTAVOS) POR HABITANTE, AO FUNDO MUNICIPAL DE SAÚDE DE CURITIBA, PARA O CUSTEIO DA CENTRAL DE REGULAÇÃO DO SERVIÇO DE ATENDIMENTO MÉDICO DE URGÊNCIA E - SAMU, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/956/956_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/956/956_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA DISPOSITIVOS DA LEI MUNICIPAL Nº 1652 DE 09 DE JANEIRO DE 2013, E DE LEIS ALTERADORAS SUBSEQUENTES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/957/957_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/957/957_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE PRÓPRIO PÚBLICO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS"	CMEI CIDA SABADIN_x000D_
 </t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/958/958_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/958/958_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE PRÓPRIO PÚBLICO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS"; CMEI CATARINA_x000D_
 </t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/959/959_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE PRÓPRIO PÚBLICO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS"	CMEI VICENTE LOVATO_x000D_
 </t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/960/960_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE PRÓPRIO PÚBLICO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS"	CMEI MARIA ISMENIA AFORNALI_x000D_
 </t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/961/961_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/961/961_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS 2016 E DÁ OUTRAS PROVIDÊNCIAS"_x000D_
 </t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/963/963_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/963/963_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DECENAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO PERÍODO DE 2016 ATÉ 2025 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/971/971_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/971/971_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE E REGULAMENTA A DESTINAÇÃO DE HONORÁRIOS ADVOCATÍCIOS DE SUCUMBÊNCIA, DE NATUREZA PRIVADA E ALIMENTAR, DEVIDOS AOS ADVOGADOS PÚBLICOS DE MUNICÍPIO DE ALMIRANTE TAMANDARÉ E REVOGA A PARTE FINAL DO ART.2º, DA LEI 1901/2016</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1118/1118_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1118/1118_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PARA O EXERCÍCIO FINANCEIRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS"_x000D_
 </t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1126/1126_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1126/1126_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº016/2016, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL, ASSINADO PELO EXCELENTÍSSIMO SENHOR PREFEITO ALDNEI SIQUEIRA, COM A SÚMULA: &amp;#8220;ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PARA O EXERCÍCIO FINANCEIRO DE 2017&amp;#8221; (R$192.880.460,00)</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1124/1124_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1124/1124_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO DOS REPASSES DE CONTRIBUIÇÃO PATRONAL PARA O INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ &amp;#8211; IPMAT, RELATIVO AOS MESES DE JANEIRO/2016 ATÉ DEZEMBRO/2016 MAIS 13º SALÁRIO RELATIVO AO ANO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1125/1125_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1125/1125_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ABRE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1127/1127_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1127/1127_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PROCEDIMENTO DE ESCOLHA, POR MEIO, DE CONSULTA À COMUNIDADE ESCOLAR, PARA A DESIGNAÇÃO DE DIRETORES DAS ESCOLAS E CMEIS QUE COMPÕE A REDE MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ"</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1128/1128_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1128/1128_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REGULARIZA O PROGRAMA DE PAVIMENTAÇÃO COMUNITÁRIA DE ALMIRANTE TAMANDARÉ PAC - MAIS ASFALTO -  E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/913/913_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/913/913_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	_x000D_
 TRAVESSA LUCILA DE ARAUJO FARIA     _x000D_
 TRAVESSA VALTER ALVES DE ARAUJO</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/914/914_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	_x000D_
 RUA LOURIVAL GOVATZKI _x000D_
 RUA ELUGIA STOCHEIRO_x000D_
 </t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA ANTÔNIO ZEM_x000D_
 </t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS INCISOS I, V, VII E VIII, DO ART. 1º DA LEI Nº1879/2016, DE 20 DE JANEIRO DE 2016	RUAS DO BELA VISTA DO IPÊ_x000D_
 </t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/926/926_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA SEZEFREDO DE SOUZA VAZ_x000D_
 </t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>Elizeu</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/927/927_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DÁ NOVA REDAÇÃO DO ART. 1º DA LEI Nº1880/2016, DE 20 DE JANEIRO DE 2016&amp;#8221;	RUA TOCANTINS_x000D_
 </t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>Claudinho Zoinho</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/895/895_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	TRAVESSA DARCY DUARTE_x000D_
 </t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/896/896_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/896/896_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA IZIDORO JARDEVESKI_x000D_
 </t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>Ângelo Prodóscimo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/928/928_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PORTADORES DE DEFICIÊNCIA DE ALMIRANTE TAMANDARÉ"</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>Amauri Lovato</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/951/951_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/951/951_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PROIBIÇÃO DO USO, NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, DE MATERIAIS OU ARTEFATOS QUE CONTENHAM QUAISQUER TIPOS DE AMIANTO OU ASBESTO, OU MESMO OUTROS MINERAIS QUE, ACIDENTALMENTE, TENHAM FIBRAS DE AMIANTO NA SUA COMPOSIÇÃO"</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/934/934_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/934/934_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA JOÃO BUSATO_x000D_
 </t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA	RUA SIDINIR RODRIGUES_x000D_
 </t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/936/936_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/936/936_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA MADALENA DE FARIA_x000D_
 </t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/935/935_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/935/935_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ NOVA REDAÇÃO DO ART. 1º DA LEI Nº351/1995, DE 18 DE MAIO DE 1995"	_x000D_
 RUA ANTÔNIO CORREA VAZ_x000D_
 </t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>Tiriva</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/952/952_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/952/952_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA	RUA MIGUEL GOMES_x000D_
 </t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>Polaco</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/967/967_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/967/967_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A ORIENTAÇÃO E AUXÍLIO AO USUÁRIO DOS ÔNIBUS QUE INTEGRAM O SISTEMA DE TRANSPORTE COLETIVO REALIZADO NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DÁ OUTRAS PROVIDENCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/968/968_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/968/968_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA	RUA EDSON MENDES_x000D_
 </t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/969/969_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/969/969_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA	RUA ANGELINA DA SILVA BATISTA_x000D_
 </t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/970/970_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/970/970_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA	RUA MARIO STRAIOTO JARDIM MAZZA_x000D_
 </t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/973/973_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA	RUA CARLOS DE OLIVEIRA TOGUINHO_x000D_
 </t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/972/972_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA	RUA ÂNGELA SLOMPO KOTOWSKI _x000D_
 </t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1117/1117_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1117/1117_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA	RUA DIRCEU ANTÔNIO BUENO_x000D_
 </t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA	RUA ALEXANDRE BREGENSKI_x000D_
 </t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1123/1123_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1123/1123_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA RUA PEDRO SCHULTZ</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1130/1130_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1130/1130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA" RUA SILVESTRE GAVILIKI </t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1131/1131_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1131/1131_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DÁ NOVA REDAÇÃO DO ART. 1º DA LEI Nº729/1999, DE 27 DE DEZEMBRO DE 1999&amp;#8221;	RUA VER. JOÃO CHEVÔNICA ANTONIACOMI E RUA JOSÉ CAVASSIN_x000D_
 </t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA	RUA IRAYDE DALLAZUANA WINHASKI_x000D_
 </t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA PARAGRAFO 3º AO ART. 90 DO REGIMENTO INTERNO_x000D_
 </t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO PARAGRAFO 2º DO ART. 90 DO REGIMENTO INTERNO_x000D_
 </t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/938/938_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/938/938_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"ALTERA A REDAÇÃO DO PARAGRAFO 2º DO ART. 90 DO REGIMENTO INTERNO"_x000D_
 </t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/939/939_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/939/939_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"ACRESCENTA PARAGRAFO 3º AO ART. 90 DO REGIMENTO INTERNO"_x000D_
 </t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1129/1129_texto_integral.doc</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1129/1129_texto_integral.doc</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO AO ART. 162, &amp;#8220;CAPUT&amp;#8221;, DO REGIMENTO INTERNO"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1477,67 +1477,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/933/933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/932/932_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1009/1009_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1008/1008_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/978/978_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1035/1035_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/977/977_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/947/947_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/948/948_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/949/949_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1036/1036_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/976/976_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1007/1007_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/975/975_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1006/1006_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/974/974_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1129/1129_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/933/933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/932/932_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/980/980_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1009/1009_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/979/979_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1008/1008_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/978/978_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1035/1035_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/977/977_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/947/947_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/948/948_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/949/949_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1036/1036_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/976/976_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1007/1007_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/975/975_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1006/1006_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/974/974_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2016/1129/1129_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>