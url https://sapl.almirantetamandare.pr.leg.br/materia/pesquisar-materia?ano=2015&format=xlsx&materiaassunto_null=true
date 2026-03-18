--- v0 (2026-01-15)
+++ v1 (2026-03-18)
@@ -54,2583 +54,2583 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Débora Purkote</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DE BUIERO, TROCA DE MANILHAS</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO E TROCA DE MANILHAS</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Marcelo Bini</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/60/60_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/60/60_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LIXEIRAS.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Polaco</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DESASSOREAMENTO JARDIM CHICO MENDES</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro Paulo Guerreiro </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTUDO DE IMPLEMENTAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NAS RUAS DO JARDIM IRACEMA, BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE ESTUDO E IMPLEMENTAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NAS RUAS DO JARDIM SUÉCIA, NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA ELABORAÇÃO DE ESTUDO E IMPLEMENTAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NAS RUAS DO JARDIM VITÓRIA, NO BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE ESTUDO E IMPLEMENTAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NA RUA LIMA BARRETO, VILA MARTA, BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/58/58_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/58/58_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA LIMPEZA DO ASFALTO (REMOÇÃO DE ENTULHO, PEDRISCO E SAIBRO), DA AVENIDA PROFESSOR ALBERTO KRAUSE, ESQUINA COM AS RUAS MAX ALBERTO TIEMANN...</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PARA QUE SEJA REALIZADO SERVIÇO DE LIMPEZA E MANUTENÇÃO DE BOCA DE LOBO DA AVENIDA PROF. ALBE...</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTENÇÃO DE UMA CRATERA RUA CARLOS KRUEGER JARDIM BONFIM</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTENÇÃO DE UMA CRATERA NA RUA RIO BRANCO DO SUL JARDIM ROMA</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTENÇÃO DE EROSÃO NA RUA DAS ORQUÍDEAS, VILA AJAMBI</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS NA RUA QUATRO BARRAS, JARDIM ROMA</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE TODAS AS RUAS DO BAIRRO CHICO MENDES</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Amilton Rosa</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LOMBADA NO JARDIM IPE, RUA MONTE ALEGRE </t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Cida Sabadin</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE CÃMERAS NAS ESCOLAS MUNICIPAIS, BEM COMO NAS ESCOLAS ESTADUAIS E CMEIS. </t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACO,NAS REFERIDAS RUAS; RUA 1,RUA 2 E RUA 3 LOCALIZADAS NO JARDIM IRACEMA BAIRRO TANGUA.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE ESTUDO E IMPLEMENTAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NAS RUAS DO JARDIM PARAÍSO.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Mariano Belo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADA ROÇADA NAS SEGUINTES RUAS DO JARDIM MARINONI, BAIRRO TANGUÁ_x000D_
 ...</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA REVITALIZAÇÃO DA ACADEMIA AO AR LIVRE DA RUA AFONSO MACHUZCESWSKI, JD.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADA MANUTENÇÃO DA RUA ALBERTO TIEMANN, JD. MARINONI - BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA ADRIANÓPOLIS, JARDIM ROMA</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO NA RUA CAMPINA GRANDE DO SUL, JARDIM ROMA</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTENÇÃO DE ÁGUAS PLUVIAIS NO CEMITÉRIO SEDE</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS RUA QUATRO BARRAS, JARDIM ROMA</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO NA RUA RIO XINGU, JARDIM AMAZONAS </t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO RUA SÃO JOSÉ DOS PINHAIS, JARDIM ROMA</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA SERVIÇO DE ROÇADA NA RUA AFFONSO MATHUZCEWSKI, LOTEAMENTO MARINONI - BAIRRO TANGUÁ...</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO DE INSTALAÇÃO DE LOMBADAS NAS RUAS PROFº ALBERTO KRAUSE, ENTRE A RUA VILA LOBOS E TV, RUA ...</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADA PINTURA E SINALIZAÇÃO DAS RUAS: AFONSO MATUCHESKI, AV. PROFº ALBERTO KRAUSE...</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADO ESTUDO DE IMPLANTAÇÃO DE UM ARMAZÉM DA FAMÍLIA NO BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 1 LOMBADA NA RUA WADISLAU BUGALSKI Nº 2753,PROXIMO AO MERCADO EBENEZER. NO BAIRRO JARD</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DOS BUEIROS E INSTALAÇÃO DE BRAÇOS DE LÂMPADAS NA RUA DELEGADO THEOLINDO BAPTISTA DE SIQUEIRA.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA TELA QUE ENVOLVE CAMPO DE FUTEBOL DO PARQUE JARDIM PARAÍSO.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA ESQUINA ENTRE AS RUAS, BOCAIUVA DO SUL E RIO BRANCO DO SUL,  JARDIM ROMA</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LOMBADA NA RUA PROFESSOR ALFREDO VALENTE, BAIRRO AJAMBI</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REGULARIZAÇÃO DAS ÁREAS DE OCUPAÇÃO IRREGULAR NO MUNICÍPIO</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADO SERVIÇO DE ROÇADA DA RUA ACÁCIA, NO BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NA RUA ELIZIO FERREIRA DO NASCIMENTO (PRÓX. AO PONTO ...</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADO ESTUDO E PROVIDENCIAS REFERENTES A PODA OU CORTE DE ÁRVORES EXISTENTES...</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO NA RUA CAMPO LARGO BAIRRO JARDIM ROMA.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO NA RUA BEM-TE-VI NO BAIRRO JARDIM MARIZE.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO NA RUA SÃO FELIX NO BAIRRO JARDIM MONTE SANTO.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Abel da Associação</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA PAVIMENTAÇÃO DA RUA ANA PRODÓSCIMO EM TODA SUA EXTENSÃO NO BAIRRO JD...</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA IMPLANTAÇÃO DE LOMBADA NA RUA ANTONIO STOCCHEIRO, PRÓXIMO AO Nº 760 NO BAIRRO TRANQUENQUEIRA...</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA IMPLANTAÇÃO DE LOMBADA NA RUA JOÃO BERQUO (PRÓX. AO NÚMERO 53), NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Carlão Stresser</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA SUBSTITUIÇÃO DAS LÂMPADAS DO REFLETOR NA RUA FREI BEDA DE GAVELLO, AO LADO DO CEMITÉRIO</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA TROCA DE LÂMPADA NA RUA JOÃO BERQUO, PRÓXIMO AO NÚMERO 156, AO LADO DA PANIFICADORA E...</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA LIMPEZA DE BUEIRO NA RUA VER. JOÃO C. ANTONIACOMI NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NA RUA ATUBA, JARDIM ALTO PINHEIRO</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PATROLAMENTO E ENSAIBRAMENTO EM TODAS AS RUAS DOS BAIRROS: CHICO MENDES I E II, JARDIM ROMA...</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO NA RUA ARI DE LARA VAZ, BAIRRO MATO DENTRO</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO PATROLAMENTO E MANUTENÇÃO DAS RUAS DO BAIRRO TANGUÁ, DURAMENTE CASTIGADAS PELAS CHUVAS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DE SERVIÇO DE VARRIÇÃO E REMOÇÃO DE SUJEIRA DA LINHA MEIO FIO E BUEIROS, AO LONGO DA AVENIDA PROFº ALBERTO KRAUSE.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DE PUBLICAÇÃO DETALHADA DOS ANDAMENTOS DOS PROCESSOS, DE PAVIMENTAÇÃO ASFÁLTICA, COM O GOVERNO FEDERAL E COM O GOVERNO DO ESTADO (PAC, SEDU, ETC)</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DE PATROLAMENTO E MANUTENÇÃO DAS RUAS ELFRIDA R. JACUMASSO E RUA MINAS GERAIS, BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA MANUTENÇÃO DAS RUAS JUVÊNCIO FERMINO DE BRITO E GERMANO THOALDO, JARDIM...</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NA RUA RIO BRANCO DO SUL, JARDIM ROMA</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA E RETIRADA DE PEDRISCOS, E OPERAÇÃO TAPA BURACOS NA RUA JOSÉ REAL PRADO...</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDOS PARA A PAVIMENTAÇÃO NA RUA MARCO AURÉLIO MARQUETTI, VILA AJAMBI</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADO ESTUDOS PARA PAVIMENTAÇÃO ASFÁLTICA EM TODAS AS RUAS DOS REFERIDOS BAIRROS JARDIM PAR</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA INSTALADA 1 LOMBADA NA RUA RACHEL CÂNDIDO DE SIQUEIRA Nº84 EM FRENTE A DISTRIBUIDORA DE GÁS STR</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA IMPLANTADO A ACADEMIA AO AR LIVRE NO BAIRRO JARDIM PARAÍSO,DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>Osvaldo Stival</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>FISCALIZAÇÃO NA RODOVIA DOS MINERIOS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>LOMBADA JARDIM LORENZA</t>
   </si>
   <si>
     <t>Ângelo Prodóscimo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.jpeg</t>
   </si>
   <si>
     <t>EDIFICAÇÃO DE UMA CAPELA MORTUÁRIA NA ANTIGA CAPELA SÃO JOSÉ, JARDIM BONFIM</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA ESTUDOS PARA A PAVIMENTAÇÃO DA RUA ADRIANOPOLIS, LIGANDO OS TRECHOS ENTRE AS RUA MADIRITUBA E BALSA NOVA. BAIRRO JARDIM ROMA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA OFICIADA A ALL- AMÉRICA LATINA LOGÍSTICA, PARA QUE PROCEDA A ROÇADA EM TODA A EXTENSÃO DA VIA F</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A GALERIA DE ÁGUAS PLUVIAIS,NA RUA PEDRO POLAK,N°01, EM FRENTE O COLÉGIO ESTADUAL JAR</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA REALIZADO A TROCA DE LÃMPADAS DE TODOS OS BAIRROS DA REGIÃO E PRINCIPALMENTE NAS ÁREAS ESCOLARES.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA NAS MANILHAS JURUQUI</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA ESTUDOS DE PAVIMENTAÇÃO PARA A RUA ORQUIDEAS BAIRRO AJAMBI</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1043/1043_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1043/1043_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA E SINALIZAÇÃO DAS RUAS NO LOTEAMENTO MARINONI NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1044/1044_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1044/1044_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DOS PORTAIS DO MUNICÍPIO LIMITE COM CURITIBA NO TABOÃO,JD IRACEMA E TANGUÁ.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1045/1045_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1045/1045_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS.RUA WALDIR ESMANOTTO, PROF FRANCISCO THIAGO DA COSTA, TANGUÁ</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITA A PAVIMENTAÇÃO ASFÁLTICA E QUE SEJA VERIFICADO O BUEIRO QUE SE ENCONTRA A CÉU ABERTO </t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PEDE A REFORMA E MANUTENÇÃO EM GERAL DO ANTIGO FÓRUM, BAIRRO CENTRO</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA A RECUPERAÇÃO ASFÁLTICA NA RUA THEOLINDO BAPTISTA DE SIQUEIRA, EM FRENTE AO N°102</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO OPERAÇÃO TAPA BURACO, NA RUA ANTONIO GUEDES, NO BAIRRO JARDIM ÁGUA BOA.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1046/1046_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1046/1046_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VARRIÇÃO E REMOÇÃO DE SUJEIRA NA AV VER WADISLAU BUGALSKI NO BAIRRO LAMENHA GRANDE</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1047/1047_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1047/1047_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LEVANTAMENTO TÉCNICO E INSTALAÇÃO DE ROTATÓRIA NA AV PROF ALBERTO KRAUSE NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1048/1048_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1048/1048_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM PONTO DE TAXI COM ÁREA DEMARCADA NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE CÂMERAS NAS ESCOLAS MUNICIPAIS, BEM COMO NAS ESCOLAS ESTADUAIS E CMEIS.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1049/1049_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1049/1049_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E MANUTENÇÃO DAS RUAS DO JD IRACEMA BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO PRESIDENTE PARA CUMPRIR O REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/330/330_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/330/330_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA O ASFALTAMENTO DA RUA JACINTO GOVASKI E TROCA DE LÂMPADAS QUEIMADAS NO BAIRRO BOTIATU</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO PAVIMENTAÇÃO DE ASFALTO NA EXTENSÃO DA RUA FREI BEDA DE GAVELLO   (VENDA VELHA)</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1050/1050_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1050/1050_texto_integral.jpeg</t>
   </si>
   <si>
     <t>FEIRA DO EMPREGO E QUALIFICAÇÃO PROFISSIONAL NO GINÁSIO POLIESPORTIVO DO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1051/1051_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1051/1051_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PISTA DE SKATE AO LADO DO GINÁSIO POLIESPORTIVO NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1052/1052_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1052/1052_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BRAÇOS DE LUZ.R CESAR A FERRI,R PADRE J MAURICIO,R JOSÉ KLEINA,R DAS LARANJEIRAS,TANGUA</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1053/1053_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1053/1053_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA NAS RUAS DO LOTEAMENTO MONTPARNASSE NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/327/327_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/327/327_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PEDE A MANUTENÇÃO DAS RUAS: SIMÃO DOMACOSKI, ISIDORO DE PAULA CORDEIRO, ENTRE OUTRAS DO BAIRRO RECANTO DOS PAPAGAIOS</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA UM REDUTOR DE VELOCIDADE NA RUA PROFESSOR ALBERTO KRAUSE</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1040/1040_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1040/1040_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO E INSTALAÇÃO DE UMA FEIRA LIVRE SEMANAL NO INTERIOR DO GINÁSIO DE ESPORTES DO TANGUÁ</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1041/1041_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1041/1041_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LIXEIRAS DANIFICADAS NOS PONTOS DE ÔNIBUS AV. PROF ALBERTO KRAUSE,R A MATHUZCEWSKI</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1042/1042_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1042/1042_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DE SINALIZAÇÃO DE LOMBADAS. AV VER WADISLAU BUGALSKI NO BAIRRO LAMENHA GRANDE.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO PATROLAMENTO E ENSAIBRAMENTO NA RUA, RIO BAMBECA, BAIRRO SANTA MARIA.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO MANUTENÇÃO NA COBERTURA DOS PONTO DE ÔNIBUS,NA EXTENÇÃO DA LINHA JARDIM PARAÍSO.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NAS ASSOCIAÇÕES DE CATADORES</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Amauri Lovato</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJA OFICIADO A SECRETARIA MUNICIPAL DE URBANISMO, </t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/326/326_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/326/326_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA REALIZADO A MANUTENÇÃO NO BUEIRO, LOCALIZADO NA ESQUINA DA RUA THEOLINDO BAPTISTA DE SIQUEIRA</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FECHADA UMA VALA, NA ESQUINA DA RUA LEONARDO MURASKI COM A RUA THEOLINDO BAPTISTA DE SIQUEIRA</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/332/332_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/332/332_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A PAVIMENTAÇÃO DE ASFALTO DAS RUAS SÃO GERÔNIMO E SÃO RAFAEL EM TODA EXTENSÃO NO BAIRRO JD.MO</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A PAVIMENTAÇÃO DE ASFALTO DAS RUAS MIGUEL MENDES E TV.SÃO JOÃO NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/334/334_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA A COBERTURA DOS PONTOS DE ÔNIBUS NA EXTENÇÃO DA LINHA JARDIM PARAÍSO.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PEDE A REFORMA E A MANUTENÇÃO EM GERAL DO ANTIGO FÓRUM, NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA MANUTENÇÃO NA RUA JOSÉ REAL PRADO, APÓS O PONTO FINAL DO ÔNIBUS SÃO FRANCISCO</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA OPERAÇÃO TAPA BURACOS NA RUA ANTONIO EDUARDO TREVISAN E PEDRO JORGE KOTOVISKI </t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA A MANUTENÇÃO NA RUA, PEDRO MARQUES LUSTOSA DE FREITAS, VILA PACHECO NO BAIRRO LAMENHA GRANDE.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO A PAVIMENTAÇÃO ASFÁLTICA NA RUA, FREI JACINTO GOVASKI, BAIRRO JARDIM SANTA MARIA</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A MANUTENÇÃO DA RUA THEOLINDO BAPTISTA DE SIQUEIRA, BAIRRO JARDIM PARAÍSO</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/201/201_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INTERVENÇÃO DA PREFEITURA EM REQUERIMENTO DE EXTENSÃO DA REDE DA ÁGUA DA SANEPAR À RUA ARI </t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/336/336_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/336/336_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA COLOCADO BRAÇO DE LUZ EM TODA EXTENSÃO DAS RUAS ADIRCE DO ROCIO VAZ DA MOTA E NA RUA TRAVESSA TATU BAIRRO MATO DENTRO</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITA A INTENSIFICAÇÃO DO POLICIAMENTO OSTENSIVO NO BAIRRO DO JARDIM PARAÍSO.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO ESTUDOS PARA PAVIMENTAÇÃO ASFÁLTICA, NA RUA SÃO MIGUEL NO BAIRRO MONTE SANTO.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAR UM REDUTOR DE VELOCIDADE NA RUA PROFESSOR ALBERTO KRAUSE EM FRENTE AO Nº 2163 TANGUA.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO NA ILUMINAÇÃO PÚBLICA NA RUA PROFESSOR IZIDORO DA SILVA.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NAS RUAS MONTE ALEGRE E OURO VERDE. JARDIM BELA VISTA DO IPÊ.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA GALERIA DE ÁGUAS PLUVIAIS RUA MONTE ALEGRE. JARDIM BELA VISTA DO IPÊ.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJAM REALIZADOS PATROLAMENTO E ENSAIBRAMENTO DE TDAS AS RUAS DO BAIRRO SÃO JOÃO </t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO MUDANÇA DE LOCAL DE UMA LOMBADA NA RUA PIRAQUARA PRÓXIMO AO N°311 NO JD.ROMA.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/321/321_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/321/321_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FECHADO UM BURACO, NA ESQUINA DA RUA PEDRO POLAK COM A IRENE COLODEL DA CRUZ</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/320/320_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/320/320_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA LEONARDO MURASKI</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DA RUA RIO CACHOEIRINHA NO BAIRRO JD.RAFAELA.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA REDUTORES DE VELOCIDADE NA RUA JOAQUIM KRUGER BAIRRO BONFIM.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A FISCALIZAÇÃO DO COMERCIO AMBULANTE.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DA RUA ZEZEFREDO SCHOLOCHASKI,BAIRRO BOTIATUBA.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA FISCALIZAÇÃO DOS PONTOS DE TAXIS.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PROVIDENCIAS PARA A RETIRADA DO LIXO AS MARGENS DA RUA CONTANCIA WOLF.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NAS LÂMPADAS DA RUA ANTÔNIO RODRIGUES DIAS, NO JARDIM BONFIM</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO DAS ESTADAS RURAIS DO MUNICIPIO</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA REALIZADO ESTUDOS PARA PAVIMENTAÇÃO ASFÁLTICA, NA RUA JACOB CAMILO BENATO, NO BAIRRO TRANQUEIRA</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A MANUTENÇÃO GERAL NO PÁTIO DA ESCOLA LOURENÇO ÂNGELO BUZATO ,JARDIM MONTE SANTO , DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/319/319_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/319/319_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA RUA SANTA MARIA, NO BAIRRO PARQUE SÃO JORGE</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO QUE SEJA REALIZADA A COLETA DE LIXO, ROÇADA E MANUTENÇÃO DA CANAL</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA PAVIMENTAÇÃO DE ASFALTO DAS RUAS LUIZ MOZART GOBOR E RIO DA BARRA NO BAIRRO JARDIM CENTRAL</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REFORÇADO O PATRULHAMENTO NAS ESCOLAS MUNICIPAIS , ESTADUAIS E CMEIS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FECHADA A VALA , QUE DURANTE A CHUVA SE ABRIU NA ESQUINA DA RUA LEONARDO MURASKI COM A RUA THEOLINDO BAPTISTA DE SIQUEIRA.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DA RUA ELIZIO FERREIRA DO NASCIMENTO. BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA DARCI PEREIRA DO NASCIMENTO, BAIRRO MATO DENTRO, SEJA INCLUSA NO SERVIÇO DE COLETA DE LIXO</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/430/430_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/430/430_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM FEITAS MANUTENÇÃO E AMPLIAÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA DARCI PEREIRA DO NASCIMENTO, MATO DENTRO.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA PAVIMENTAÇÃO DE ASFALTO DA RUA JOÃO C.ANTONIACOMI NO BAIRRO LOTEAMENTO MARIA LUIZA</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA PAVIMENTAÇÃO DE ASFALTO DA RUA RIO CAPIVARA NO BAIRRO JARDIM COLONIAL</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/431/431_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO COM ABAIXO ASSINADO PARA QUE AS RUAS DO BAIRRO SÃO JOÃO BATISTA SEJAM INCLUSAS NO PROJETO DE PAVIMENTAÇÃO DO MUNICIPIO</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/432/432_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO COM ABAIXO ASSINADO PARA QUE SEJA FEITA A IMPLANTAÇÃO DA REDE COLETORA DE ESGOTO NO BAIRRO SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA MANU. DA COBERTURA DO CENTRO POLIESPORTIVO JOÃO CHEVÔNICA ANTONIACOMI ZITO,BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA REALIZADO O PATROLAMENTO E ENSAIBRAMENTO DA RUA QUATRO ,NO BAIRRO JARDIM TATIANA ,DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PATROLAMENTO E ENSAIBRAMENTO DA RUA ANALIA MENDES SANTOS,JD.CAMPO VERDE BAIRRO SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO SOLICITA LEVANTAMENTO E PROVIDÊNCIAS À RESPEITO DE ESCOLAS RURAIS MUNICIPAIS DESATIVADAS</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADA A MANUTENÇÃO DO SUPERPOSTE NA ESQUINA DA RUA BASÍLIO BENATO COM RODOVIA DOS MINÉRIOS.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PROVIDENCIA REFERENTE AO LIXO AS MARGENS DA RUA DAS AMOREIRAS,COLÔNIA.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PROVIDENCIA PERTUBAÇÃO DO SOSSEGO E PAZ PÚBLICA.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/COLOCAR TAMPA NOVA E LIMPEZA DA BOCA DE LOBO DA RUA GUILHERME PRESTE BARBOSA,BAIRRO BONFIM.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/787/787_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/787/787_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/MANUT.DA CALÇADA DA UNIDADE 24 HRS NA RUA LOURENÇO ANGELO BUZATO,BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS DO BAIRRO CAPIVARA DOS MANFRON.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO DE PATROLAMENTO E ENSAIBRAMENTO DAS RUAS DO BAIRRO VENDA VELHA.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA REFORMA NA COBERTURA DO GINÁSIO DE ESPORTES MONTE SANTO.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS DO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO SOLICITA ESTUDO DE VIABILIDADE PARA PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PATROLAMENTO E ENSAIBRAMENTO DO RECANTO DOS PAPAGAIOS,BAIRRO JARDIM PARAÍSO.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/MANUT.DO ASFALTO DA RUA ANTÔNIO STOCHERO,BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/792/792_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/792/792_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PATROLAMENTO E ENSAIBRAMENTO DA RUA LUCIANO PERUSSI,BAIRRO BOTIATUVINHA.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NOS PRÉDIO PRÚBLICOS.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/NANUT.NA ESTRADA DO PÂNTANO PRETO,JD. VALÊNCIA.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Zé Bico Perussi</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/944/944_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/944/944_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA A ILUSTRÍSSIMA SENHORA INDIANARA RODRIGUES DIAS O TÍTULO DE CIDADÃ BENEMÉRITA DE ALMIRANTE TAMANDARÉ</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/945/945_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/945/945_texto_integral.pdf</t>
   </si>
   <si>
     <t>"APROVAÇÃO DA PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, RELATIVAMENTE AO EXERCÍCIO DE 2010".</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/946/946_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/946/946_texto_integral.pdf</t>
   </si>
   <si>
     <t>"MANTÉM O VETO DO CHEFE DO PODER EXECUTIVO MUNICIPAL AO PROJETO DE LEI Nº 029/2015</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 2º DO ART. 42 E OS §§ 4º E 5º DO ART.56 DA LEI ORGÂNICA DO MUNICÍPIO PARA ABOLIR A VOTAÇÃO SECRETA NOS CASOS DE PERDA DE MANDATO DE VEREADOR E DE APRECIAÇÃO DE VETO</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Aldnei Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;CRIA O CARGO DE TÉCNICO DE SEGURANÇA DO TRABALHO; ASSISTENTE SOCIAL (30 HORAS); PEDAGOGO; PSICÓLOGO (30 HORAS); MÉDICO DO TRABALHO, EXCLUI VAGAS DE AGENTE DE SERVIÇOS GERAIS, DE_x000D_
 MERENDEIRA, DE MOTORISTA E DE OPERADOR DE MÁQUINAS PESADAS, ALÉM DE CORRIGIR E ALTERAR DISPOSIÇÕES DA LEI COMPLEMENTAR 20 DE 11.11.2011 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CONCESSÃO DO REAJUSTE SALARIAL ANUAL AOS SERVIDORES MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA O ART. 11, §1º DA LEI COMPLEMENTAR Nº 018/2011, VISANDO À APLICAÇÃO DO PRAZO MÁXIMO DOS CONTRATOS ORIUNDOS DO PROCESSO SELETIVO SIMPLIFICADO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;CRIA O PLANO MUNICIPAL DE MOBILIDADE URBANA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO X DA LEI COMPLEMENTAR Nº014/2009 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI  COMPLEMENTAR MUNICIPAL Nº006/2006 REGULAMENTANDO O REAJUSTE DOS PROFISSIONAIS DA EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO REAJUSTE SALARIAL ANUAL AOS SERVIDORES MUNICIPAIS DO QUADRO GERAL E DA SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR 20 DE 11.11.2011 CRIANDO O CARGO DE MÉDICO PERITO (20 HORAS); AUMENTANDO 01 (UMA) VAGA DE MOTORISTA; EXCLUINDO O CARGO DE ADVOGADO (20) E AUMENTANDO O NÚMERO DE 3 (TRÊS) VAGAS PARA O CARGO DE ADVOGADO 40 (QUARENTA) HORAS; ALTERA O VENCIMENTO INICIAL DOS CARGOS EM CONFORMIDADE COM O REAJUSTE SALARIAL A PARTIR DE 01 DE MAIO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSTO NA LEI COMPLEMENTAR 23 DE 02.03.2012 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS NA LEI COMPLEMENTAR Nº 036/2015, DE 05 DE FEVEREIRO DE 2015, E NA LEI COMPLEMENTAR 020/2011, DE 11 DE NOVEMBRO DE 2011, E DA OUTRAS PROVIDDNCIAS</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS NA LEI COMPLEMENTAR 020/2011, DE 11 DE NOVEMBRO DE 2011, E 045/2015, DE 10 DE AGOSTO DE 2015, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS NAS LEIS COMPLEMENTARES Nº020/2011, DE 11 DE NOVEMBRO DE 2011,  E 045/2015, DE 10 DE AGOSTO DE 2015, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE COMO ZEIS - ZONA ESPECIAL DE INTERESSE SOCIAL,  ÁREA QUE ESPECIFICA, ACRESCENTA DISPOSITIVO NA LEI COMPLEMENTAR Nº002/2006, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O PARÁGRAFO ÚNICO DO ART. 151 DA LEI COMPLEMENTAR Nº001/2006, DE 03/10/2006, ALTERA O PARÁGRAFO ÚNICO DO ART. 260, DA LEI COMPLEMENTAR Nº005/2006, DE 20/12/2006, E ALTERA AS TABELA CONTIDAS NO ANEXO 03 DA LEI COMPLEMENTAR Nº002/2006, DE 03/10/2006, E DA OUTRAS PROVIDENCIAS  </t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO - PMSB DE ALMIRANTE TAMANDARE E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE COMO ZEIS - ZONA ESPECIAL DE INTERESSE SOCIAL, ÁREA QUE ESPECIFICA, ACRESCENTA DISPOSITIVO NA LEI COMPLEMEMTAR Nº  001/2006, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA DISPOSITIVOS DA LEI MUNICIPAL N.º 1.652 DE 11 DE JANEIRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CEDER EM COMODATO ÁREA DE TERRENO QUE ESPECIFICA, PARA ASSOCIAÇÃO CULTURAL RELIGIOSA, ILE ASE D&amp;#8217;OSUN KESI OLOMIN, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.docx</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA DISPOSITIVOS DA LEI ORDINÁRIA N.º 1.821 DE 19.12.2014 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO AMBIENTAL DE CATADORES RECICLAR E LIMPAR, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ABRE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL &amp;#8211; SIM E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA DE ESTABELECIMENTOS QUE PRODUZAM BEBIDAS E ALIMENTOS DE CONSUMO HUMANO DE ORIGEM ANIMAL E VEGETAL NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO DOS REPASSES DE CONTRIBUIÇÃO PATRONAL PARA O INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO  DE ALMIRANTE TAMANDARÉ &amp;#8211; IPMAT, RELATIVO AOS MESES DE AGOSTO DE 2014 ATÉ ABRIL DE 2015 MAIS 13º SALÁRIO RELATIVO AO ANO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º DA LEI Nº1823/2015, DE 05 DE FEVEREIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO &amp;#8211; PME E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CEDER EM COMODATO ÁREA DE TERRENO QUE ESPECIFICA, PARA A ASSOCIAÇÃO DE MORADORES E AMIGOS DO JARDIM SÃO VENÂNCIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL REALIZAR LEILÃO EM HASTA PÚBLICA PARA A VENDA DE BENS PATRIMONIAIS MÓVEIS DO MUNICÍPIO DECLARADOS COMO INSERVÍVEIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE PARCERIAS PÚBLICO - PRIVADAS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ  PARA O EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/433/433_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº1715/2013, DE 29 DE JULHO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/434/434_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REDUZIR SUBSÍDIOS CONFORME ESPECIFICA"</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL EFETUAR PAGAMENTO DE INDENIZAÇÕES ÁS INSTITUIÇÕES QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL- SIM E OS PROCEDIMENTOS DE INSPEÇÃO  SANITÁRIA DE ESTABELECIMENTOS QUE PRODUZAM ALIMENTOS DE CONSUMO HUMANO E DE ORIGEM  ANIMAL NO MUNICÍPIO DE ALMIRANTE TAMANDARE</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABRE CREDITO ADICIONAL ESPECIAL E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PARA O EXERCÍCIO FINANCEIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS" </t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGO 2º,CAPUT E 1º, DA LEI MUNICIPAL Nº1240/2007, DE 20 DE ABRIL DE 2007, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL REALIZAR LEILÃO EM HASTA PÚBLICA PARA A VENDA DE BENS PATRIMONIAIS MÓVEIS DO MUNICÍPIO DECLARADOS COMO INSERVÍVEIS, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS NA LEI MUNICIPAL Nº1652 DE 09 DE JANEIRO DE 2013 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO ADICIONAL E ESPECIAL E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO DOS REPASSES DE CONTRIBUIÇÃO PATRONAL PARA O INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALMIRANTE TAMANDARE - IPMAT, RELATIVO AOS MESES DE MAIO DE 2015 ATÉ DEZEMBRO DE 2015  MAIS 13º SALÁRIO RELATIVO AO ANO DE 2015 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A DEFINIÇÃO DA ÁREA GEOGRÁFICA DE ATUAÇÃO DOS AGENTES COMUNITÁRIOS DE SAÚDE E ENDEMIAS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL E ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DO CMEI CASTELO DOS SONHOS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CENTRO DE REABILITAÇÃO E RESTAURAÇÃO DE ÁLCOOL E DROGAS &amp;#8216;CRER JOVEM&amp;#8217;</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA, RUA ROSALINA DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA, RUA MIGUEL BRAINTA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ESPORTIVA SETE DE SETEMBRO</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA.	RUA MARIANO JAMBISKI_x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA DE UTILIDADE PÚBLICA O CONSELHO DA COMUNIDADE EM EXECUÇÃO PENAL DO FORO REGIONAL DE ALMIRANTE TAMANDARÉ </t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA, RUA JOSÉ SCHELETZ</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA&amp;#8221;.	RUA LOURIVAL MATIAS_x000D_
 </t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PUBLICO QUE ESPECIFICA RUA AGOSTINHO FERREIRA DE FARIAS</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ZELAR E CONFIAR - AZC DE ALMIRANTE TAMANDARÉ</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA&amp;#8221;. RUA AVELINO GONÇALVES DE FARIA</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO " RUA OSVALDO RODRIGUES"</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA IVO JORGE ZADOROSNEI.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROÍBE O EXERCÍCIO DA ATIVIDADE DE FLANELINHA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA&amp;#8221;.	RUA JOÃO BATISTA DE MENESES_x000D_
 </t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA&amp;#8221;. RUAS SIMONE FATIMA DA SILVA; RUA JOSÉ SEBASTIÃO DA SILVA</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA&amp;#8221;.	RUAS: MINA D'ÁGUA; JOSÉ VIEIRA; BOA ESPERANÇA; BRAGANTINO; JOANIRA DOS SANTOS BANDEIRA; OURO VERDE; DA PAZ; OLHO D'ÁGUA; VALDOMIRO JOSÉ DE FREITAS; BRAULIO CARNEIRO; OSVALDO MENDES DA SILVA. JADIM BELA VISTA DO IPÊ_x000D_
 </t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA&amp;#8221;.	RUA ANTÔNIO THOMÉ_x000D_
 </t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>Elizeu</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA&amp;#8221;.	RUA ZILÁ VERGINIA AFFORNALLI_x000D_
 </t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA&amp;#8221;.	TRAVESSA SERGIO LUIZ DE QUEIROZ _x000D_
 </t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/877/877_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 1° DA LEI NUMERO 1790/2014,DE 26 AGOSTO DE 2014.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS RUAS ACRE, BRASÍLIA, ACÁCIA, JEQUITIBÁ E NOGUEIRA, LOCALIZADAS NO BAIRRO TANGUÁ, NESTE MUNICÍPIO_x000D_
 </t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 2º DA LEI Nº1291/2007, DE 21 DE NOVEMBRO DE 2007	RUA CEDRO_x000D_
 </t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 1º DA LEI Nº1857/2015, DE 09 DE OUTUBRO DE 2015	RUA JOÃO BATISTA DE MENESES _x000D_
 </t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 1º DA LEI Nº1854/2015, DE 05 DE OUTUBRO DE 2015	RUA IVO JORGE ZADOROSNEI _x000D_
 </t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA&amp;#8221;.	RUA TOCANTINS_x000D_
 </t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"_x000D_
 RUA IRMA BENATO DOS ASANTOS.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO ESPECIAL DA CÂMARA MUNICIPAL DE ALMIRANTE TAMANDARÉ, NOS TERMOS DO ART. 71 DA LEI FEDERAL NO 4.320, DE 17 DE MARÇO DE 1964</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O PARAGRAFO 3º NO REGIMENTO INTERNO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2937,67 +2937,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/60/60_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/58/58_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1043/1043_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1044/1044_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1045/1045_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1046/1046_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1047/1047_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1048/1048_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1049/1049_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/330/330_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1050/1050_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1051/1051_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1052/1052_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1053/1053_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/327/327_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1040/1040_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1041/1041_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1042/1042_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/326/326_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/332/332_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/336/336_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/321/321_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/320/320_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/319/319_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/430/430_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/787/787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/792/792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/60/60_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/58/58_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1043/1043_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1044/1044_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1045/1045_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1046/1046_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1047/1047_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1048/1048_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1049/1049_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/330/330_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1050/1050_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1051/1051_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1052/1052_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1053/1053_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/327/327_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1040/1040_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1041/1041_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/1042/1042_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/326/326_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/332/332_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/336/336_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/321/321_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/320/320_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/319/319_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/455/455_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/429/429_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/430/430_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/456/456_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/457/457_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/787/787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/792/792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H248"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="44.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>