--- v0 (2026-01-13)
+++ v1 (2026-03-19)
@@ -54,3157 +54,3157 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Abel da Associação</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA ESTUDOS PARA AUMENTAR O N°DE VAGAS DE ESTACIONAMENTO EM FRENTE AO HOSP.NOSSA SENHORA DA CONCEIÇÃO.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Osvaldo Stival</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/699/699_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/699/699_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PARA COLOCAR DUAS LOMBADAS NA RUA RIO BRANCO.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro Paulo Guerreiro </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1011/1011_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1011/1011_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LOMBADAS E REDUTORES DE VELOCIDADE AO LONGO DA AV. PROF. ALBERTO KRAUSE NO TANGUÁ.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/982/982_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/982/982_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA - LAMENHA GRANDE NAS RUAS JACOB GUBAUA E LADISLAU GUBAUA.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1012/1012_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1012/1012_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E MANUTENÇÃO NOS BAIRROS TANGUÁ,JD IRACEMA,JD VITÓRIA,VILA MARTA,COLÔNIA STA GABRIELA</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Polaco</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/923/923_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/923/923_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADA A REVITALIZAÇÃO DE TODA A SINALIZAÇÃO DE TRÂNSITO VERTICAL E HORIZONTAL</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Cida Sabadin</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA REALIZADA A PAVIMENTAÇÃO ASFÁLTICA NA RUA DOS PINHEIROS NO BAIRRO JD SILVANA.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA-TAPA BURACO NA RUA MIGUEL MURASKI, JD PARAÍSO.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O BATALHÃO DA POLICIA MILITAR DESTE MUNICÍPIO, SOLICITANDO A INTENSIFICAÇÃO DO POLICIA.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1001/1001_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1001/1001_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DE MANILHAS ENTUPIDAS NAS RUA 18 DE JULHO - VILA MARTA. </t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/700/700_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/700/700_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NA RUA FREI BEDA GAVELO,VENDA VELHA.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO SERVIÇO DE LIMPEZA E ROÇADA NOS TRECHOS DAS RUAS JOSE CARLOS COLODEL RUA LOURENÇO ÂNGELO BUZATO.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE NOTIFIQUE A EMPRESA ALL PARA QUE FAÇA ROÇADA LIMPEZA E SINALIZAÇÃO EM TODA E EXTENSÃO DE SUA ÁREA.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REVITALIZADO TODO O SISTEMA DE ILUMINAÇÃO PUBLICA EM TODO O MUNICIPIO.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/983/983_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/983/983_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA - BAIRRO SÃO MIGUEL. NAS RUAS IZIDORO DA SILVA E RUA IRMÃ JACOBINA.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1013/1013_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1013/1013_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA - BAIRRO LAMENHA GRANDE. RUA JOÃO GUBAUA.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITA MANUTENÇÃO NA RUA ADOLFO INÁCIO DE FARIA S/N BAIRRO PACOTUBA.  </t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA IMPLANTAÇÃO DE 01 LOMBADA, NA RUA LEONARDO MURASKI, Nº 512, PRÓXIMO A ESCOLA MUNICIPAL EURÍPEDES DE SIQUEIRA.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO NOS BUEIROS E INSTALAÇÃO DE BRAÇOS DE LÂMPADAS, NA RUA THEOLINDO BATISTA DE SIQUEIRA A PARTIR DO N°1000,JARDIM VALENÇA.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Carlão Stresser</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA IMPLANTADA UMA LOMBADA NA RUA BRASÍLIO FARIA, NO BAIRRO SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Marcelo Bini</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/626/626_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/626/626_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA CONSTRUÍDA UMA LOMBADA NA RUA MOZART GOBOR,38 JARDIM CENTRAL.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA INSTALADAS 02 LOMBADAS NA RUA THEOLINDO BATISTA DE SIQUEIRA EM FRENTE AO Nº 98 E AO Nº 491 PRÓXIMO A IGREJA CATÓLICA DO JARDIM PARAÍSO.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A INSTALAÇÕES DE CAMERAS NA ESCOLA MUNICIPAIS, BEM COMO NAS ESCOLAS ESTADUAIS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADO REDUTOR DE VELOCIDADE, NA RUA PROFESSORA IRENE COLODEL DA CRUZ,  EM FRENTE A BORRACHARIA SOUZA.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO O PATROLAMENTO DE TODAS AS RUAS DO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/984/984_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/984/984_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VARRIÇÃO E REMOÇÃO DE SUJEIRA - TANGUÁ E LAMENHA GRANDE. RUA A. MATHUZCHEWESKI E RUA VER W BUGALSKI</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1014/1014_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1014/1014_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇO DE ROÇADA E MANUTENÇÃO - TANGUÁ. AV.PROF.A KRAUSE,A MATHUZCWSKI, LOTEAMENTO MARINONI.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/985/985_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/985/985_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PLACAS DE SINALIZAÇÃO - NOS CRUZAMENTOS DO LOTEAMENTO MARINONI NO BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A LIMPEZA E REVITALIZAÇÃO DO CAMPO DO 14.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/627/627_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/627/627_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA OFICIALIZADO A COPEL PARA QUE FAÇA UMA EXTENSÃO DE LINHA RUA SÃO JOSÉ E RUA JAPIRA NO BAIRRO JARDIM TEFÉ.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/409/409_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/409/409_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO DUAS LOMBADAS NA RUA FREI BEDA DE GAVELLO PRÓXIMO AO N°033 E 807,BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/410/410_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/410/410_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO QUATRO LOMBADAS NA RUA ROGÉRIO GULIN, NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/411/411_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/411/411_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA UMA LOMBADA NA RUA JACOB CAMILO BENATO N°72 NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/412/412_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/412/412_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA TOMADAS DEVIDAS PROVIDÊNCIAS P/MELHORIAS NO POSTO DE SAÚDE NO BAIRRO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA O PATROLAMENTO, ENSAIBRAMENTO, ROÇADA E TAMBÉM A TROCA DE LAMPADAS NA RUA MIGUEL PUPPIA.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A MANUNTECÃO DE TODAS AS RUAS DOS BAIRROS, JD PARAISO, JD SILVANA, JD DA COLINA, JD VALENÇA,JD PLANALTO,RECANTO FELIZ,RECANTO DOS PAPAGAIOS.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1015/1015_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1015/1015_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE COBERTURA - QUADRA DE ESPORTES NA ESCOLA MUNICIPAL PROF CLAIR DO ROCIO SANDRI. </t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/986/986_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/986/986_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO - OPERAÇÃO TAPA BURACO NO BAIRRO TANGUÁ. RUA A MATHUCCHESKI NO LOTEAMENTO MARINONI.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1016/1016_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1016/1016_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E MANUTENÇÃO - BAIRRO TANGUÁ, JD IRACEMA,JD VITÓRIA,VILA MARTA E COLÔNIA STA GABRIELA.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/987/987_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/987/987_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INTENCIFICAR PROGRAMA DA PATRULHA ESCOLAR - NO MUNICÍPIO. LAMENHA PEQUENA,LAMENHA GRANDE E TANGUÁ. </t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/628/628_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/628/628_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A MANUTENÇÃO (PATROLAMENTO E ENSAIBRAMENTO)DA RUA BELMIRO RIBEIRO,BAIRRO BONFIM.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/643/643_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/643/643_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PATROLAMENTO ENSAIBRAMENTO DA RUA ARI DE LARA VAZ,BAIRRO MATO DENTRO. </t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/701/701_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/701/701_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PEDIDO DE PROVIDENCIAS A PERTUBAÇÃO DO SOSSEGO E A PAZ PÚBLICA.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A REVITALIZAÇÃO ,URBANIZAÇÃO E O REPERFILAMENTO ASFÁLTICO DA RUA PROFESSOR ALFREDO VALENTE.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA TELA QUE ENVOLVE O CAMPO DE FUTEBOL DO PARQUE JD PARAISO.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇ]AO ASFALTICA-TAPA BURACO NA RUA PACOTUBA E A RUA SEIS BAMBECA, JD SANTA MARIA.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/858/858_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/858/858_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REFORÇADO O PATRULHAMENTO NAS ESCOLAS MUNICIPAIS,ESTADUAIS E NOS CMEIS.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/638/638_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/638/638_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE TODAS AS RUAS NO JARDIM ALTO PINHEIRO.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/866/866_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/866/866_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO ENSAIBRAMENTO DE TODAS AS RUAS DO JARDIM MONTE SANTO.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1017/1017_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1017/1017_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO NO PRÉDIO DA PREFEITURA INSTALAÇÕES SANITÁRIAS, EXCLUSIVAS PARA OS FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/988/988_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/988/988_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE UMA FEIRA LIVRE NO BAIRRO TANGUÁ. </t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1018/1018_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1018/1018_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E MANUTENÇÃO - BAIRRO TANGUÁ. RUAS DO JD IRACEMA, RUA JULIA L MACHADO E AV. BRASILIA.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/865/865_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/865/865_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA O PATROLAMENTO E ENSAIBRAMENTO DA RUA CÂNDIDO DA COSTA.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/622/622_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/622/622_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REINTEGRADA A MONITORA ( AUXILIAR)DO ÔNIBUS ESCOLAR QUE FAZ A LINHA MARMELEIRO,QUEIMADA,MARIANÃ,CAXIMBA,BARRA SANTA RITA PACOTUBA ATÉ AS ESCOLAS DO CENTRO.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/639/639_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/639/639_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PATROLAMENTO DA RUA DELMIRO RIBEIRO JARDIM BONFIM. </t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/413/413_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/413/413_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS DO LOTEAMENTO MARIA LUIZA, CAPIVARA E RUA E NA RUA GUSTAVO JOPPERT,BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/414/414_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/414/414_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/MANUTENÇÃO DA RUA FREI BEDA DE GAVELLO NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/415/415_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/415/415_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/PATROLAMENTO E ENSAIBRAMENTO DA RUA JOÃO BERQUO NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SE INSTALE UM BRAÇO DE LUZ NA ACADEMIA AO AR LIVRE DA RUA CAMPO LARGO BAIRRO JD ROMA.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/702/702_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/702/702_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE DUAS LOMBADAS NA RUA RIO BRANCO,JARDIM AMAZONAS LAMENHA GRANDE.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A LIMPEZA E O DESASSOREAMENTO DO COREGO AOS FUNDOS DAS RESIDENCIAS DA RUA BELO HORIZONTE.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADA UMA TRAVESSIA ELEVADA DE PEDESTRES PRÓXIMA A ESQUINA DA AVENIDA ANTONIO JOHNSON.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA THEOLINDO BATISTA DE SIQUEIRA.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/989/989_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/989/989_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA ASFÁLTICA - BAIRRO TANGUÁ. RUA A MATHUZCEWSKI E AV PROF A KRAUSE.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1019/1019_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1019/1019_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DE SINALIZAÇÃO E INSTALAÇÃO DE LOMBADAS NA RUA VER WADISLAU BUGALSKI - LAMENHA GRANDE.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/511/511_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/511/511_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA PAVIMENTAÇÃO ASFALTICA-TAPA BURACO E ROÇADA, NA ANTONIO EDUARDO TREVISAN NA BAIRRO MARMELEIRO.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/703/703_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/703/703_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE PORTÃO COM FECHADURA NA ESCOLA MUNICIPAL ATILIO BINI NO JARDIM VILA GRÉCIA.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/990/990_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/990/990_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO - OPERAÇÃO TAPA BURACO NA REGIÃO DA VILA MARTA - BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1020/1020_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1020/1020_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E MANUTENÇÃO - NAS RUAS DO TANGUÁ, JD IRACEMA, JD VITÓRIA, VILA MARTA E COLÔNIA STA GABRIELA.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/991/991_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/991/991_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CRIAÇÃO DA LINHA ESPECIAL DE ÔNIBUS DENOMINADO </t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1021/1021_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1021/1021_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LÃMPADAS QUEIMADAS - BAIRRO TANGUÁ PRÓXIMO A RUA TEREZA DOS SANTOS ROCHA.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A MANUTENÇÃO DE TODAS AS RUAS DOS BAIRROS VILA AJAMBI , CHICO MENDES E JD ROMA</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O PATROLAMENTO DA RUA FREDERICO ROSE DO JD COLONIAL</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ACOSTAMENTO COM CALÇADA PARA CIRCULACAO DE PEDESTRE NA EXTENCAO DA RUA THEOLINDO BAPTISTA.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/992/992_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/992/992_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E MANUTENÇÃO - BAIRRO TANGUÁ E COLÔNIA STA GABRIELA, NAS RUAS JOSÉ KLEINA E  DAS LARANJEIRAS ,BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1022/1022_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1022/1022_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VARRIÇÃO E REMOÇÃO DE SUJEIRA - BAIRRO TANGUÁ, NAS RUA A MATHUZCHEWSKI E AV PROF A KRAUSE.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/993/993_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/993/993_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DO MURO DO POSTO DE SAÚDE DA UNIDADE DO BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇAO DA PAVIMENTAÇAO ASFALTICA-TAPA BURACO NA RUA DIDIO SANTO BAIRO VILA SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAR A PINTURA DE SINALIZAÇAO NA RUA DELEGADO THEOLINDO BAPTISTA DE SIQUEIRA JD PARAISO.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DE PAVIMENTAÇÃO ASFALTICA-TAPA BURACO NA RUA LOURENCO ANGELO BUZATO, BAIRO SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM FEITOS PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS NO BAIRRO SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1023/1023_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1023/1023_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DO FEIRÃO DO EMPREGO NOS BAIRROS TANGUÁ E LAMENHA GRANDE.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/416/416_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/416/416_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/PATROLAMENTO DA RUA ANTÔNIO GEDEÃO TOZIN PRÓXIMO A CABANHA DO VALE.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/417/417_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/417/417_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/COLOCAÇÃO DE COBERTURAS NOS PONTOS DE ÔNIBUS NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS TARTARUGAS REDUTORES DE VELOCIDADE EM TODA EXTENSÃO DA AV EMILIO JHONSON.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERA DA PAVIMENTAÇÃO ASFALTICA-TAPA BURACO NA RUA FREI MAURO, VILA SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A EXTENSÃO DO SISTEMA DE ILUMINAÇÃO PUBLICA E A COLOCAÇÃO DE  3 BRAÇOS DE LUZ NA RUA ARAUCÁRIA JARDIM ROMA.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/644/644_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/644/644_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A SUBSTITUIÇÃO DE MANILHAS NA ESQUINA DAS RUAS RIO BRANCO DO SUL E QUATRO BARRAS JARDIM ROMA.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/645/645_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/645/645_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FITA A LIMPEZA DE UM TERRENO NA RUA DIRCELIA SANTOS PERUSSI ESQUINA COM TRÊS PINHEIROS.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/646/646_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/646/646_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A SUBSTITUIÇÃO DE MANILHAS NA RUA ULISSES GUIMARÃES BAIRRO ANITA GARIBALDE.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/994/994_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/994/994_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA E MANUTENÇÃO DAS RUAS DA REGIÃO DO BAIRRO TANGUÁ,ILHA,JD IRACEMA,VL MARTA E MARINONI.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1024/1024_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1024/1024_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA, DESASSOREAMENTO E DRENAGEM DOS RIOS TANGUÁ E TAQUARI - TANGUÁ. ILHA,JD IRACEMA,VL MARTA</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/995/995_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/995/995_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PONTE DE CONCRETO - BAIRRO TANGUÁ. RUA A MATCHUZCEWSKI ESQ COM A RUA A MACHADO BAIRRO TANGUA.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/418/418_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/418/418_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/QUE SEJA FEITO ROÇADA DAS ESTRADAS DO MORRO AZUL E CAPIVARA.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/419/419_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/419/419_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/LIMPEZA DA VALETA A CÉU ABERTO ACOMPANHANDO A RUA SÃO JOÃO NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/206/206_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/206/206_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES SOBRE A ÁREA DA SAÚDE</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/704/704_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/704/704_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A EMENDA NO ARTIGO 78 DA LEI COMPLEMENTAR 13/2009.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM TOMADAS PROVIDÊNCIAS PARA AGILIZAR A MANUTENÇÃO DA LAGE NA ESCOLA RURAL MUN. LUIZ EDUARDO CUMIN</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PEDE PROVIDÊNCIAS PARA AGILIZAÇÃO DA ENTREGA DOS UNIFORMES E MATERIAL ESCOLAR</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1025/1025_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1025/1025_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E MANUTENÇÃO - BAIRRO TANGUÁ. RUAS JULIA L MACHADO,PADRE J MAURICIO,AV BRASILIA.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/996/996_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/996/996_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE TAMPA DE BOCA DE LOBO - BAIRRO TANGUÁ. RUA JOÃO CHEQUIM, 157.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA CAIXA POSTAL COMUNITARIA NA RUA JOSE TENORIO ALBUQUERQUE N94 NO BAIRRO RESTINGA.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA FEITA AMANUTENCAO NA RUA JOSE CARLOS COLODEL BAIRRO SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO NA RUA ALPINO PAVONE ESPECIALMENTE PROXIMO AO Nº 122 JD BONFIM.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS DO BAIRRO VILA GRÉCIA.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTALADO REDUTOR DE VELOCIDADE NA RUA DOMINGOS SCUCATO N º221.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TOMADO PROVIDENCIA QUANTO AO EXCESSO DE CAES NO BAIRRO JD ROMA.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/981/981_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/981/981_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E MANUTENÇÃO DA RUA JOSÉ PONCHEKI NO BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS DO BAIRRO VILA BELA VISTA.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/647/647_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/647/647_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO OPERAÇÃO TAPA BURACOS NAS RUAS PAVIMENTADAS DOS BAIRROS ARCO-IRIS, JD BONFIM.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/648/648_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/648/648_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O PATROLAMENTO DE TODAS AS RUAS DO JARDIM PARATI.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1026/1026_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1026/1026_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E MANUTENÇÃO - BAIRRO TANGUÁ. RUA D PEDRO II NO JD IRACEMA.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/997/997_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/997/997_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS - BAIRRO TANGUÁ. RUA BARÃO DO RIO BRANCO NO JD IRACEMA.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/623/623_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/623/623_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A MANUTENÇÃO (PATROLAMENTO E ENSAIBRAMENTO)DAS RUAS ANTONIO GIDEÃO TOSIN,ISIDORO PEDRO BUZATO E FRANCISCO BUZATO,CACHOEIRA.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/649/649_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/649/649_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SE NOTIFIQUE A URBS SOBRE A LEI ESTADUAL Nº16.239 DE 29/09/2009</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1027/1027_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1027/1027_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS RUAS DO JD CAMPOS ELISIOS - BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/998/998_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/998/998_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LOMBADAS E SINALIZAÇÃO DE TRÃNSITO - BAIRRO TANGUÁ. RUA PADRE JOSÉ MAURICIO.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1028/1028_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1028/1028_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS RUAS G GRABOSKI,JOSÉ TOMÁS,MAX A TIEMAN,ORLANDO CUSTODIO,JULIO J DOS SANTOS,JD VITÓRIA.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/420/420_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/420/420_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/PAVIMENTAÇÃO DE ASFALTO DAS RUAS JOSÉ ANTONIACOMI FILHO E ANTÔNIO CORREA VAZ NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/421/421_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/421/421_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/CONSTRUÇÃO DE UM BUEIRO DIAGONAL NA RUA FREI BEDA DE GAVELLO NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CÂMERAS NAS ESCOLAS MUNICIPAIS, NA CMEIS, E NOS TERMINAIS.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALADA 02 LOMBADA NA RUA THEOLINDO BATISTA DE SIQUEIRA EM FRENTE AO Nº 98 E Nº 491</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/615/615_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/615/615_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTATALAR 01 LOMBADA NA RUA PROFESSORA IRENE COLODEL JD PARAISO.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS TARTARUGAS REDUTORES DE VELOCIDADE EM TODA EXTENÇÃO DA AV EMILIO JHONSON.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/650/650_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/650/650_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADOP ESTUDO PARA PAVIMENTAR A RUA CAMPO LARGO JD ROMA.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/705/705_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/705/705_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A OBRIGATORIEDADE DO USO DO BRASÃO DO MUNICÍPIO NOS TÁXIS,VANS ESCOLARES REGISTRADOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ACOSTAMENTO COM CALÇADA PARA A CIRCULAÇÃO DE PEDRESTE NA RUA, THEOLINDO BAPTISTA DE SIQUEIRA.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA SÃO PAULO BAIRRO MONTE SANTO.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INTALAÇÃO DE CAMERAS NA ESCOLAS MUNICIPAIS, BEM COMO NAS ESCOLAS ESTADUAIS. </t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALADO REDUTOR DE VELOCIDADE NA RUA DOMINGOS SCUCATO Nº 221 BAIRRO SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM IMPLANTADAS PLACAS PARA REFERENCIAR RUAS NO BAIRRO TRANQUEIRA</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/640/640_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/640/640_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA RUA ANTONIO RODRIGUES DIAS NO BAIRRO JARDIM BONFIM.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA PINHEIROS, JD SILVANA PARAISO.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.jpeg</t>
   </si>
   <si>
     <t>01 LOMBADA NA RUA RACHEL CÂNDIDO DE SIQUEIRA BAIRRO VILA SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ACADEMIA AO AR LIVRE, NO BAIRRO JD PARAISO.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTENSIFICAÇÃO DO POLICIAMENTO OSTENSIVO NOS BAIRROS CACHIMBA E BOITIATUBA.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA COBERTURA DOS PONTOS DE ÔNIBUS NA EXTENSÃO DA LINHA JD PARAISO, BAIRRO JD PARAISO.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORÇADO O PATRULHAMENTO NAS ESCOLAS MUNICIPAIS, ESTADUAIS E CEMEIS.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/641/641_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/641/641_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO DA RUA PROFESSOR ALTEVIR NO BAIRRO PARQUE SÃO JORGE.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/999/999_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/999/999_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 2 BRAÇOS DE LUZ E SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NA RUA BEM-TE-VI NO JD MARISA</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1029/1029_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1029/1029_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DE MANILHAS E BUEIROS DA RUA MACHADO DE ASSIS, 347, VILA MARTA.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/651/651_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/651/651_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADO UM PONTO DE TAXI NA AREA DENOMINADA COMO CAMPO DO 14,JARDIM ROMA.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/706/706_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/706/706_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO DAS RUAS MARIA MADALENA E PEDRO VITOR DE LIMA NO BAIRRO CACHOEIRA.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM PROGRAMA PARA CONSCIENTIZAÇÃO DA POPULAÇÃO TAMANDAREENSE QUANDO DEVIDOS CUIDADOS ABANDONO E PROTEÇÃO DE ANIMAIS DOMÉSTICOS.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE PLACAS DE SINALIZAÇÃO NA RUA THEOLINDO BATISTA DE SIQUEIRA.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/540/540_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/540/540_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA SINALIZAÇÃO NA RUA LOURENÇO ÃNGELO BUZATO, BAIRRO SANTA TERESINHA.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS NO BAIRRO MONTE SANTO.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA LEONARDO MURASKI, Nº 512 JD PARAISO.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO NA RUA ADOLFO INACIO DE FARIA, PACOTUBA.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO NAS RUAS DO BAIRRO PACOTUBA.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NOS PONTOS DE ÔNIBUS NA LINHA JD PARAÍSO, BAIRRO JD PARAÍSO.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTALAÇÃO 01 LOMBADA NA RUA LEONARDO MURASKI, Nº 1325 EM FRENTE AO MERCADO JM, BAIRRO JD SILVANA.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/547/547_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/547/547_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAR REDUTOR DE VELOCIDADE , RUA LEONARDO MURASKI, N º 512 JD PARAISO, PROXIMO A ESCOLA MUNICIPAL PREFEITO EURÍPEDES DE SIQUEIRA.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/617/617_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/617/617_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CAMERAS NAS ESCOLAS MUNICIPAIS E ESTADUAIS .</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/548/548_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/548/548_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1030/1030_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1030/1030_texto_integral.jpeg</t>
   </si>
   <si>
     <t>BASE COMUNITÁRIA MÓVEL DA POLÍCIA MILITAR PARA OS BAIRROS TANGUÁ E LAMENHA GRANDE.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1000/1000_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1000/1000_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA RUA LARANJEIRAS SENTIDO CAPELA SÃO FRANCISCO XAVIER - TABOÃO.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1031/1031_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1031/1031_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE PLACAS E MANUTENÇÃO DAS RUAS BALZAC,DEBRET,AV JOANA D'ARC,NOSTRADAMUS,PASTEUR...</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/863/863_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/863/863_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA O PATROLAMENTO DA RUA GAIVOTAS E RUA AMBROSIO BINI NO BAIRRO CACHOEIRA.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/642/642_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/642/642_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA OPERAÇÃO TAMPA BURACOS EM TODAS AS RUA DA REGIÃO CENTRAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1032/1032_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1032/1032_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇO DE ROÇADA E PODA DE ÁRVORES NA RUA JOÃO SANDER VANZIN NO LOTEAMENTO MARINONI.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/422/422_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/422/422_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/PATROLAMENTO E ENSAIBRAMENTO DA RUA BARÃO DO RIO BRANCO BAIRRO SÃO CAETANO.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NOS BOEIROS, E INTALAÇÃO DE BRAÇOS DE LAMPADAS NA RUA DELEGADO THEOLINDO BAPTISTA DE SIQUEIRA.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESGOTO NA RUA ANTONIO CHEVONICA NAS PROXIMIDADES DO Nº 225, JD COLINA.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ACOSTAMENTO E CALÇADA PARA CIRCULAÇÃO DE PEDESTRES NA EXTENSÃO DA RUA THEOLINDO BAPTISTA DE SIQUEIRA.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1002/1002_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1002/1002_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DA AV PROF ALBERTO KRAUSE, ESQUINA COM RUA VILA LOBOS - BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1033/1033_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1033/1033_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA RUA LUIZ GASPARIN, JD VITÓRIA, BAIRRO TANGUÁ E RUA JACOB GUBAUA, JD IPANEMA, LAMENHA GRANDE.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1038/1038_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1038/1038_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LOMBADAS NAS RUAS EDGAR ALBERTO TIEMANN EM FRENTE AO N° 415, E NA RUA JOSÉ KLEINA.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RETIRADA DE POSTE EM VIA PUBLICA, RUA JOSÉ REAL PRADO, 237 BAIRRO JD SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA DIVINA RODRIGUES DE SOUZA Nº 70 CAMPO VERDE.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFALTICA NA RUA SÃO PAULO BAIRRO MONTE SANTO.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/652/652_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/652/652_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA UMA AÇÃO CONCENTRADA ENTRE SECRETARIAS NO BAIRRO CHICO MENDES.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/653/653_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/653/653_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O PATROLAMENTO EM REGIME DE URGÊNCIAS NAS RUAS DOS BAIRROS JD PARATI E ALTO PINHEIRO.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/654/654_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/654/654_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO ESTUDO PARA OBRA DE PAVIMENTAÇÃO DA RUA ANTONIO CARLOS BORGES JD PARATI.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/655/655_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/655/655_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO EM REGIME DE URGENCIA O PATROLAMENTO DE RUAS DO JD GRAMADOS.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/707/707_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/707/707_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A RESTAURAÇÃO DO PRÉDIOS DAS ESCOLAS RURAIS DAS COMUNIDADES DO MARMELEIRO E CAMPO GRANDE.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/708/708_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/708/708_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA CAIXA POSTAL DOS CORREIOS NA RUA ANTONIO PASCHOAL GUSSO FILHO LAMENHA PEQUENA.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/709/709_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/709/709_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DA TRAVESSIA ELEVADA NA RUA JUSTO MANFRON BAIRRO LAMENHA PEQUENA.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1003/1003_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1003/1003_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA - OPERAÇÃO TAPA BURACOS. NAS RUAS DA REGIÃO DA VL MARTA. BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1034/1034_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1034/1034_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA, RUA ROUXINOL,GRALHA AZUL,ANDORINHAS,BEIJA FLOR,AV DOS CANÁRIOS, BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1004/1004_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1004/1004_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA E SINALIZAÇÃO DAS LOMBADAS DA AV A MATCHUWSKI, AV A KRAUSE, RUA EDGAR A TIEMAN NO TANGUÁ.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/616/616_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/616/616_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DA REDE DE ESGOTO JUNTO COM A OPERAÇÃO TAPA BURACO NA RUA MARIO QUINTANA NA VILA MARTA BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ROÇADA E TROCA DE LAMPADAS NA QUADRO DE ESPORTES  JD PARAISO.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACO NA RUA AUGUSTO DOMACOSKI, BAIRRO JD PARAISO.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ROÇADA E TAMBÉM A COLOCAÇÃO DE 01 BRAÇO DE LAMPADA NA QUADRA DE ESPORTE DO BAIRRO MONTE SANTO.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/710/710_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/710/710_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA BINÁRIO EM MÃO UNICA NAS RUAS TRANSVERSAIS NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/711/711_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/711/711_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA PADRE JOSÉ MAURICIO BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/656/656_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/656/656_texto_integral.jpeg</t>
   </si>
   <si>
     <t>UM PEDIDO DE PROVIDENCIAS SOBRE A SINALIZAÇÃO E A REGULAMENTAÇÃO DAS VAGAS DE ESTACIONAMENTO PARA IDOSOS E PORTADORES DE NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1005/1005_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1005/1005_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS RUAS LUIZ GASPARIM, FREI CANECA, E AV BRASILIA. BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/712/712_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/712/712_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PARA SER RESTAURADA COM URGÊNCIA A LOMBADA NA RUA EDEGAR ALBERTO TIEMANN BAIRRO TANGUA.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/698/698_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/698/698_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A RESTAURAÇÃO DA RUA PEDRO VITOR DE LIMA.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/COLOCAÇÃO DE UM BRAÇO DE LUZ NA RUA FREI BEDA DE GAVELLO N°726 BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA DO PARQUE JD PARAISO TAL COMO A MANUTENÇÃO DA TELA QUE ENVOLVE O CAMPO.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFALTICA DA PAVIMENTAÇÃO ASFALTICA-TAPA BURACO NA RUA ANTONIO EDUARDO TREVISAN, MARMELEIRO.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAR A EXTENSSÃO DE REDE DE ÁGUA POTAVEL NAS RUAS, EDUARDO TREVISAN DO BAIRRO PACOTUBA ATÉ O MARMELEIRO.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACO NAS SEGUINTES RUAS, MONTEIRO LOBATO Nº 74, MARIO QUINTANA Nº 83, CECÍLIA MEIRELES.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACO NA RUA ÂNGELO PROSDÓCIMO JD APUCARANA.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA PINHEIROS JD SILVANA.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO P/QUE SEJA FEITO UMA LOMBADA NA RUA ALFREDO VALENTE N°858 NO BAIRRO JARDIM GRAMADO.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DE PAVIMENTAÇÃO ASFALTICA, NA RUA EDUARDO ANTONIO TREVISAN, MARMELEIRO.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENSAIBRAMENTO NA RUA ADOLFO INÁCIO DE FARIA, MARMELEIRO.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/864/864_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/864/864_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA UMA LOMBADA NA RUA CECILIA MEIRELES, BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACO NO FINAL DA RUA SÃO PAULO PROXIMO A CAIXA DE ÁGUA JD MONTE SANTO.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/713/713_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/713/713_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO E ALTERAÇÃO NO NOME DA RUA CONSTÂNCIA WOLF BAIRRO TANGUÁ.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1039/1039_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1039/1039_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO E OPERAÇÃO TAPA BURACOS - BAIRRO TANGUÁ. RUA A MATCHUZCWSKI, LOTEAMENTO MARINONI.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/755/755_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/755/755_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE NUMERAÇÃO PREDIAL NA ZONA RURAL</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1037/1037_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1037/1037_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO,MANUTENÇÃO E INSTALAÇÃO DE 2 LOMBADAS. RUA JULIO J SANTOS. JD VITÓRIA NO TANGUÁ</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Aldnei Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DO ANEXO X DA LEI COMPLEMENTAR Nº014.2009, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DOS ARTIGOS 28,32 E 35, 1° DA LEI COMPLEMENTAR Nº 20 DE 11 DE NOVEMBRO DE 2011 E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DOS ARTIGOS 32 E 39,1º DA LEI COMPLEMENTAR Nº23 DE 02 DE MARÇO 2012 E DA OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº006.2006, VISANDO AO REAJUSTAMENTO DO PISO DO MAGISTÉRIO MUNICIPAL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO A LEI COMPLEMENTAR Nº 018/2011, VISANDO A APLICAÇÃO DA JORNADA SUPLEMENTAR OU AMPLIAÇÃO DA JORNADA DE TRABALHO PARA PESSOAL DA EDUCAÇÃO E SAÚDE CONTRATADO NOS TERMOS DA LEI COMPLEMENTAR Nº 018 DE 29 DE AGOSTO DE 2011 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/408/408_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O VENCIMENTO INICIAL DOS AGENTES DE ENDEMIAS E AGENTES COMUNITÁRIOS DE SAÚDE, BEM COMO, OS ANEXOS II E VII DA LEI COMPLEMENTAR 023.2012 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDER AUXÍLIOS FINANCEIROS AOS MÉDICOS PARTICIPANTES DO PROJETO MAIS MÉDICOS PARA O BRASIL.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º,CAPUT E 1º, DA LEI MUNICIPAL Nº1240/2007, DE 20 DE ABRIL DE 2007, MODIFICADO PELA LEI MUNICIPAL,Nº1564/2011, D 27 DE ABRIL DE 2011 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL- REFIS 2014 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA EXPRESSAMENTE A LEI MUNICIPAL Nº788.2000, DE 11 DE DEZEMBRO DE 2000 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A PERMUTAR IMÓVEIS QUE ESPECIFICA, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CONTRATAR OPERAÇÃO FINANCEIRA JUN TO AO BNDES - BANCO NACIONAL DE DESENVOLVIMENTO ECONÔMICO E SOCIAL, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A PERMUTAR IMÓVEIS QUE ESPECIFICA, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR ÁREA DE TERRA DE SUA PROPRIEDADE AO FUNDO DE ARRENDAMENTO RESIDENCIAL - FAR, ADMINISTRADO PELA CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CELEBRAR CONVENIO COM A ASSOCIAÇÃO AMBIENTAL DE CATADORES RECICLAR E LIMPAR, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/216/216_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/216/216_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CESSÃO DO USO DE PARTE IDEAL DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ QUE ESPECIFICA E DA OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/217/217_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA OS ARTIGOS 2º E 9º DA LEI MUNICIPAL Nº1752 DE 21 DE NOVEMBRO DE 2013 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º, INCISO V DA LEI Nº1776 DE 27 DE MAIO D 2014</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº1652 DE 09 DE JANEIRO DE 2013 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS NA LEI MUNICIPAL Nº1260.2007, DE 28 D JUNHO DE 2007,  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PARCELAMENTO DOS RECURSOS DOS REPASSES DE CONTRIBUIÇÃO PATRONAL PARA O INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ - IPMAT, RELATIVO AOS MESES DE JANEIRO A JULHO D 2014, E DA OUTRAS PROVIDENCIAS   </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PARA O EXERCÍCIO DE 2015, E DA OUTRAS PROVIDENCIAS; </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº1662.2013, DE 26 DE MAIO DE 2009, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO, DIVULGAÇÃO E CERTIFICAÇÃO PELO PODER EXECUTIVO, DO SELO SOCIAL EMPRESA QUE APOIA O APRENDIZ E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CONTRATAR OPERAÇÃO FINANCEIRA JUNTO AO BRDE - BANCO REGIONAL DE DESENVOLVIMENTO DO EXTREMO SUL, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/249/249_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CONTRATAR OPERAÇÃO FINANCEIRA JUNTO A CAIXA ECONÔMICA FEDERAL, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/250/250_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ALMIRANTE TAMANDARE PARA O EXERCÍCIO FINANCEIRO DE 2015, E DA OUTRAS PROVIDENCIAS  </t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/251/251_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ADICIONAR A QUANTIA PREVISTA NO ART.12 DA LEI Nº1768 DE 21.02.2014,O QUANTUM D R$48.400,00 (QUARENTA E OITO MIL E QUATROCENTOS REAIS), A SER ABERTO COMO CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE PARA FORNECER CUSTEIO DE AUXÍLIOS AOS MÉDICOS PARTICIPANTES DO PROJETO MAIS MÉDICOS PARA O BRASIL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/252/252_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS NA LEI MUNICIPAL Nº1652 DE 09 DE JANEIRO DE 2013 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/255/255_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O SERVIÇO DE OUVIDORIA MUNICIPAL DE SAÚDE E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/256/256_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O SERVIÇO DE VIGILÂNCIA SANITÁRIA MUNICIPAL E DA OUTRAS PROVIDENCIA </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE NOVA REDAÇÃO DO CAPUT DO ART. 4° DA LEI MUNICIPAL Nº 1767.2014, DE 24 DE DEZEMBRO DE 2014, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O TRATAMENTO DIFERENCIADO E FAVORECIDO A SER DISPENSADO A MICROEMPRESA E A EMPRESA DE PEQUENO PORTE NO ÂMBITO NO MUNICÍPIO SE ALMIRANTE TAMANDARÉ,NA CONFORMIDADE DAS NORMAS GERAIS PREVISTAS NO ESTATUTO NACIONAL DA MICROEMPRESA E DA EMPRESA DE PEQUENO PORTE INSTITUÍDO PELA LEI COMPLEMENTAR (FEDERAL) Nº 123,DE 14 DE DEZEMBRO DE 2006,  E SUAS ATUALIZAÇÕES.    </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA EXPRESSAMENTE A LEI Nº 591/98 E A LEI MUNICIPAL 833/2001 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/275/275_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA EXPRESSAMENTE A LEI MUNICIPAL 1726/2013 DE 09.09.2013 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/276/276_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE INCENTIVO EMPRESARIAL E DESENVOLVIMENTO ECONÔMICO DE MUNICÍPIO DE ALMIRANTE TAMANDARÉ/PR E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/277/277_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PRONTO ATENDIMENTO 24 HORAS ALMIRANTE TAMANDARÉ, A UNIDADE DE SAÚDE SITUADA A RUA ÂNGELO BUSATO, N° 200 - CENTRO- ALMIRANTE TAMANDARÉ/PR E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1/1_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO REGIONAL DE DESENVOLVIMENTO DO EXTREMO SUL - BRDE, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO, DE IMÓVEIS PÚBLICOS QUE ESPECÍFICA, PARA OS FINS QUE DETERMINA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Amauri Lovato</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/847/847_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO "RUA CECILIA MELO RIBEIRO"</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>Zé Bico Perussi</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/809/809_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA; RUA VICENTE BREGENSKI_x000D_
 </t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/903/903_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA DE UTILIDADE PÚBLICA A  ASSOCIAÇÃO BETESDA	ASSOCIAÇÃO BETESDA_x000D_
 </t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/729/729_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESTRIÇÃO DE BEBIDAS ALCOÓLICAS EM EVENTOS.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA A ASSOCIAÇÃO DE  CATADORES RECICLAR E LIMPAR.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/835/835_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A  ASSOCIAÇÃO DE CATADORES DE MATERIAL RECICLÁVEL DE ALMIRANTE TAMANDARÉ</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>Tiriva</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/893/893_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/893/893_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA ROSA MARLENE MARCHESINI_x000D_
 </t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/905/905_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	PAULO SOPPA_x000D_
 </t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/848/848_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A "FEDERAÇÃO COMUNITÁRIA DAS ASSOCIAÇÕES DE MORADORES DE ALMIRANTE TAMANDARÉ - FECOMAT"</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>Claudinho Zoinho</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/894/894_texto_integral.doc</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/894/894_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA ODETE SANTOS DE MEIRA_x000D_
 </t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/879/879_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO DE LOGRADROURO PÚBLICO QUE ESPECIFICA"_x000D_
 RUA TEREZA DE FARIAS</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/296/296_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA, RUA CECÍLIA DOMAKOSKI VAZ</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/849/849_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO "RUA JOSÉ ANTÔNIO GOVATISKI"</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/834/834_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA CARLOS DRUMOND DE ANDRADE_x000D_
 </t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/917/917_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/917/917_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA A REMUNERAÇÃO DE CARGOS E FUNÇÕES DOS SERVIÇOS DA CÂMARA MUNICIPAL DE ALMIRANTE TAMANDARÉ</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/850/850_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO "RUA ORTÊNCIA PEREIRA DE MATOS"</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/880/880_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"_x000D_
 RUA ANTONIO MACHADO</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/904/904_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DECLARA DE UTILIDADE PÚBLICA A CASA DE RECUPERAÇÃO ÁGUA DA VIDA CRAVI&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/881/881_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"_x000D_
 RUA VALDEMIRO HECKE</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/852/852_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO " RUA JOSÉ GOVATISKI"</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/728/728_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA DURVAL SOARES VAZ.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>Ângelo Prodóscimo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/818/818_texto_integral.doc</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/818/818_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA MARIA GAVELIKI;_x000D_
 </t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/898/898_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/898/898_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA O CENTRO ESPIRITA BENEFICENTE UNIÃO DO VEGETAL NÚCLEO COROA DIVINA</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/906/906_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA GERALDO MAGELA BAIA_x000D_
 </t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/918/918_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/918/918_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"CRIA COMISSÃO ESPECIAL DE INQUÉRITO PARA FIM QUE ESPECIFICA"_x000D_
 </t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/919/919_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ART. 79 E SEU PARÁGRAFO ÚNICO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ALMIRANTE TAMANDARÉ"; COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA E MEIO AMBIENTE</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/920/920_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/920/920_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CRIA CARGOS DE PROVIMENTO EFETIVO NA CÂMARA MUNICIPAL DE ALMIRANTE TAMANDARÉ E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/921/921_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRORROGA PRAZO PARA COMISSÃO ESPECIAL DE INQUÉRITO, CONSTITUÍDA PELA RESOLUÇÃO N°001/2014, APRESENTAR RELATÓRIO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3511,67 +3511,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/699/699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1011/1011_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/982/982_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1012/1012_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/923/923_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1001/1001_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/700/700_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/983/983_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1013/1013_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/626/626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/984/984_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1014/1014_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/985/985_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/627/627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/409/409_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/410/410_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/411/411_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/412/412_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1015/1015_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/986/986_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1016/1016_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/987/987_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/628/628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/643/643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/701/701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/858/858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/638/638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/866/866_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1017/1017_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/988/988_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1018/1018_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/865/865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/622/622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/639/639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/413/413_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/414/414_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/415/415_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/702/702_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/989/989_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1019/1019_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/511/511_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/703/703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/990/990_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1020/1020_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/991/991_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1021/1021_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/992/992_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1022/1022_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/993/993_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1023/1023_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/416/416_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/417/417_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/644/644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/645/645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/646/646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/994/994_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1024/1024_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/995/995_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/418/418_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/419/419_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/206/206_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/704/704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1025/1025_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/996/996_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/981/981_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/647/647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/648/648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1026/1026_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/997/997_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/623/623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/649/649_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1027/1027_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/998/998_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1028/1028_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/420/420_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/421/421_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/615/615_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/650/650_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/705/705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/640/640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/641/641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/999/999_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1029/1029_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/651/651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/706/706_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/540/540_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/547/547_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/617/617_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/548/548_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1030/1030_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1000/1000_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1031/1031_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/863/863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/642/642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1032/1032_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/422/422_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1002/1002_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1033/1033_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1038/1038_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/652/652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/653/653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/654/654_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/655/655_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/707/707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/708/708_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/709/709_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1003/1003_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1034/1034_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1004/1004_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/616/616_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/710/710_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/711/711_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/656/656_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1005/1005_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/712/712_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/698/698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/864/864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/713/713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1039/1039_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/755/755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1037/1037_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/216/216_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/894/894_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/818/818_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/921/921_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/699/699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1011/1011_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/982/982_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1012/1012_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/923/923_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1001/1001_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/700/700_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/983/983_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1013/1013_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/626/626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/984/984_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1014/1014_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/985/985_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/627/627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/409/409_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/410/410_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/411/411_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/412/412_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1015/1015_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/986/986_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1016/1016_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/987/987_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/628/628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/643/643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/701/701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/858/858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/638/638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/866/866_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1017/1017_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/988/988_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1018/1018_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/865/865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/622/622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/639/639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/413/413_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/414/414_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/415/415_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/702/702_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/989/989_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1019/1019_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/511/511_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/703/703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/990/990_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1020/1020_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/991/991_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1021/1021_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/992/992_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1022/1022_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/993/993_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1023/1023_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/416/416_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/417/417_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/644/644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/645/645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/646/646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/994/994_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1024/1024_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/995/995_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/418/418_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/419/419_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/206/206_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/704/704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/295/295_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1025/1025_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/996/996_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/981/981_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/647/647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/648/648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1026/1026_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/997/997_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/623/623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/649/649_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1027/1027_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/998/998_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1028/1028_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/420/420_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/421/421_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/615/615_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/650/650_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/705/705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/640/640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/641/641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/999/999_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1029/1029_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/651/651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/706/706_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/540/540_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/547/547_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/617/617_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/548/548_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1030/1030_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1000/1000_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1031/1031_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/863/863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/642/642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1032/1032_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/422/422_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1002/1002_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1033/1033_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1038/1038_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/652/652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/653/653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/654/654_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/655/655_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/707/707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/708/708_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/709/709_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1003/1003_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1034/1034_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1004/1004_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/616/616_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/710/710_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/711/711_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/656/656_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1005/1005_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/712/712_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/698/698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/864/864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/713/713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1039/1039_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/755/755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1037/1037_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/216/216_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/894/894_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/818/818_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2014/921/921_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H275"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>