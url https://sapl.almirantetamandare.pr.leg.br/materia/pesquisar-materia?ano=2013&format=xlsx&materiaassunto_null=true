--- v0 (2026-01-13)
+++ v1 (2026-03-17)
@@ -54,4507 +54,4507 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Polaco</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AVENIDA SÃO JORGE PRÓXIMO AO Nº 787 COLOCAÇÃO DE BRAÇO DE LUZ</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS RUAS DOS BAIRROS PARATI E SÃO JORGE</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PARQUE SÃO JORGE ACADEMIA AO AR LIVRE AO LADO DO COLÉGIO PAPA NA PRACINHA</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE LOMBADA NA AVENIDA ANTÔNIO JOHNSON Nº3537 E VIAÇÃO TAMANDARÉ LTDA</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAR LIMPEZA E ROÇADA NA AVENIDA SÃO JORGE E RUA ARAUCÁRIA </t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Carlão Stresser</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/292/292_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/292/292_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM REALIZADOS MANUTENÇÃO, PATROLAMENTO, ENSAIBRAMENTO E ADEQUAÇÃO DE TODAS AS RUAS DO BAIRRO SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Cida Sabadin</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/454/454_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/454/454_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA ATUBA , NO ALTO DO PINHEIRO.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>MANUNTEÇÃO DA RUA RIO BAMBECA, BAIRRO SANTA MARIA.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/437/437_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/437/437_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA RIO BEUMIRO RIBEIRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Marcelo Bini</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/624/624_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/624/624_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A MANUTENÇÃO ( PATROLAMENTO E ENSAIBRAMENTO)DAS SEGUINTES RUAS DO JARDIM ROMA,RUA RIO BRANCO DO SUL,RUA DOS ARAÇAS ,RUA TRÊS PINHEIROS RUA ABATIA E RUA DIRCÉLIA PERUSSI ROSA.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/625/625_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/625/625_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA O PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS DO JARDIM SÃO VENÂNCIO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/499/499_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/499/499_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADA PARA PEDRESTE NA RUA THEOLINDO BAPTISTA DE SIQUEIRA, BAIRRO JD PARAISO.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/458/458_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/458/458_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA CAPELA MORTUARIA, BAIRRO JD PARAISO.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Amauri Lovato</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA REALIZADA A INSTALAÇÃO DE LOMBADAS, EM FRENTE A ESCOLA </t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DO CMEI-CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL, BAIRRO SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/438/438_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/438/438_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA JOSÉ REAL PRADO A 40M DE DISTÂNCIA DA RUA SÃO JOÃO SENTIDO CENTRO BAIRRO SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DO CONCELHO DE PESSOA COM DEFICIENCIA.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA RUA SÃO JOÃO BAIRRO MONTE SANTO.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/490/490_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/490/490_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA OFICIADA A ALL- AMERICA LATINA LOGÍSTICA, PARA QUE PROCEDA A ROÇADA EM TODA A EXTENSÃO DA VIA FÉRREA.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/463/463_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/463/463_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A CONTRUÇÃO DE ACOSTAMENTO COM CALÇADA PARA CIRCULAÇÃO DE PEDESTRE NA EXTENSÃO DA RUA JOSÉ REAL PRADO.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/464/464_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/464/464_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA RUA SIMÃO DOMACOSKI, JD PARAÍSO.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A LIGAÇÃO DOS SINALEIROS: RUA DOMINGOS ESCUCATO, ESQUINA COM A RUA BERTOLINA KENDRIK DE OLIVEIRA BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO TODAS AS RUAS JARDIM TATIANA </t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.jpeg</t>
   </si>
   <si>
     <t>JARDIM SÃO VENÂNCIO PATROLAMENTO E ENSAIBRAMENTO DAS RUAS PROFESSORA TEREZINHA CAMARGO E AURÉLIO TED</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.jpeg</t>
   </si>
   <si>
     <t>JARDIM MONTE SANTO INSTALAÇÃO DE UMA LIXEIRA COMUNITÁRIA NA ESQUINA DAS RUAS SÃO PAULO COM RUA SÃO FELIX</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PARQUE SÃO JORGE INSTALAÇÃO DE UMA TRAVESSIA ELEVADA DE PEDESTRES NO Nº 3775 NA AVENIDA ANTÔNIO JOHN</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.jpeg</t>
   </si>
   <si>
     <t>JARDIM TAMBOARA MANUTENÇÃO DA RUA MATINHOS</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/293/293_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/293/293_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA REALIZADA, COM URGENCIA, A MANUTENÇÃO EM VÁRIOS PONTOS </t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA REALIZADA COM URGENCIA A MANUTENÇÃO NA RUA FRANCISCO DE</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA RUA SANTA MARIA, ESQUINA COM SANTO ANTONIO BAIRRO PARQUE SÃO JORGE.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DA TRAVESSA SÃO VALENTIM BAIRRO PARQUE SÃO JORGE. </t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA RUA AUGUSTO DOMACOSKI JD PARAÍSO.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTO PINHEIRO MANUTENÇÃO DE TODAS AS RUAS</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PARQUE SÃO JORGE MANUTENÇÃO DE TODAS AS RUAS</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.jpeg</t>
   </si>
   <si>
     <t>JARDIM MONTE SANTO MANUTENÇÃO DE TODAS AS RUAS</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PARQUE SÃO JORGE ESTUDO PARA RETOMADA DAS OBRAS DE PAVIMENTAÇÃO ASFALTICA</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.jpeg</t>
   </si>
   <si>
     <t>JARDIM GRAZIELA OPERAÇÃO TAPA-BURACOS NA RUA JOSÉ MILEK FILHO</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DE BOCA DE LOBO E RETIRADA DE CASCALHO PARADOS SOBRE A LOMBADA DA RUA SÃO JOSÉ BAIRRO PARQUE</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.jpeg</t>
   </si>
   <si>
     <t>JARDIM SÃO FRANCISCO MANUTENÇÃO DE TODAS AS RUAS</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INTALAÇÃO DO REDUTOR DE VELOCIDADE-LOMBADA RUA IRENE COLODEL DA CRUZ. 90 JD PARAISO. </t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO CMEI-PARAISO BAIRRO JD PARAISO.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/441/441_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/441/441_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CANALIZAÇÃO A CÉU ABERTO, RUA TEOLINDO BATISTA DE SIQUEIRA, EM FRENTE A IGREJA CATOLICA, JD PARAISO.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE-LOMBADA, RUA DOMINGO SCUCATO, 871 EM FRENTE AO BAR DO DAVI, BAIRRO MONTE SANTO.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA INSTITUÍDA A CONSCIENTIZAÇÃO JUNTO AOS BARES E ESTABELECIMENTOS QUANTO A VENDA DE BEBIDAS ALCOÓLICAS A MENORES DE IDADE.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DOS APARELHOS DE GINASTICA E IMPLANTAÇÃO DE UMA LIXEIRA ANEXA A ACADEMIA AO AR LIVRE EM </t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">RECUPERAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA-TAPA-BURACO, RUA TEOLINDO BATISTA DE SIQUEIRA, JD PARAISO. </t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/442/442_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/442/442_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DA ACADEMIA AO AR LIVRE JD PARAISO.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Abel da Associação</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/374/374_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/374/374_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO NAS LÂMPADAS DA RUA FREI BEDA DE GAVELLO NO BAIRRO TRANQUEIRA(JARDIM DONA WANDA)</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/375/375_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/375/375_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO PATROLAMENTO E ENSAIBRAMENTO DAS RUAS SANTO ANTONIO E SÃO MIGUEL NO JARDIM MONTE SANTO.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/376/376_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/376/376_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DAS LÂMPADAS DA RUA SÃO MIGUEL NO BAIRRO JARDIM MONTE SANTO.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/377/377_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/377/377_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A RETIRADA DE LIXO DA RUA SÃO MIGUEL ESQUINA C/RUA STO.ANTONIO NO BAIRRO JARDIM MONTE SANTO.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/378/378_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/378/378_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS DO LOTEAMENTO SÃO VENÂNCIO NO BAIRRO JARDIM GRAZIELE.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/379/379_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/379/379_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO DE LÂMPADA DO JARDIM MARIA LUIZA NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Osvaldo Stival</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/751/751_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/751/751_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PEDIDO DE INFORMAÇÃO DOS CONTEMPLADOS DOS APARTAMENTOS DO CONJUNTO HARLEY CLÓVIS STOCHEIRO</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/672/672_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/672/672_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA RECADASTRAMENTO DOS PEQUENOS AGRICULTORES DO MUNICÍPIO, PARA TER PRIORIDADE NA PATRULHA AGRÍCOLA .</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/673/673_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/673/673_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA FISCALIZAÇÃO NO CLUBE 21 DE ABRIL QUANTO AOS DEJETOS DE PEIXE AO REDOR DO CLUBE.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA OBRAS DE PAVIMENTAÇÃO ASFÁLTICA DA RUA JOSÉ REAL PRADO</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA OBRAS PARA CONTENÇÃO DE VAZAMENTO DE ESGOTO NO PARQUINHO AO LADO DA CANCHA DE FUTEBOL</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA UMA TRAVESSIA DE AGUA PLUVIAL NA RUA SÃO MARCOS Nº 400 JARDIM MONTE SANTO</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA UMA LOMBADA NA  RUA CARLOS KRIGUER Nº137 BAIRRO JARDIM BONFIM</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/314/314_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/314/314_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DA RUA PEDRO ANTONIACOMI</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/304/304_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/304/304_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA OBRA DE REVITALIZAÇÃO DA PONTE DA AVENIDA SÃO JORGE SOBRE A RIO BARIGUI </t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/297/297_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/297/297_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A MANUTENÇÃO DA RUA ALMIRANTE BARROSO </t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO O MANILHAMENTO DE UMA VALETA NA RUA MARIA GONZATI QUINTANA BAIRRO CACHOEIRA</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/471/471_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/471/471_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CMEI JD CENTRAL.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE PONTOS DE ÔNIBUS NA EXTENSÃO NA LINHA JD PARAISO.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA FEITA A REVITALIZAÇÃO DA CANCHA DE AREIA, EM FRENTE AO </t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJAM TOMADAS PROVIDENCIAS EM RELAÇÃO A UM </t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/291/291_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/291/291_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM FEITOS REPAROS NA ESCOLA RURAL MUNICIPAL LUIS EDUARDO CUMIN</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/443/443_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/443/443_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPAERAÇÃO TAPA BURACO NA RUA COLODEL DA CRUZ, BAIRRO JD PARAISO.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA FEITO UM REDUTOR DE VELOCIDADE NA RUA SIMÃO DOMACOSKI, </t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA FEITO UM REDUTOR DE VELOCIDADE NA RUA ANTONIO JOHNSON, </t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/674/674_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/674/674_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REGULARIZAÇÃO DOS ESTACIONAMENTO NAS VIA PÚBLICAS NO CENTRO DE ALMIRANTE TAMANDARÉ E GRANDE CACHOEIRA.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/315/315_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/315/315_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A MANUTENÇÃO DE RUAS DOS BAIRROS JD ROMA, CHICO MENDES E VILA AJAMBI </t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/305/305_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/305/305_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A LIMPEZA DO CAMPO DO 14</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/316/316_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/316/316_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A LIMPEZA E REPOSIÇÃO DE MANILHAS NA RUA SÃO JOSÉ DOS PINHAIS ESQUINA COM RUA ARAUCÁRIA </t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Ângelo Prodóscimo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A PAVIMENTACAO DA RUA ANTONIO RODRIGUES DIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/380/380_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/380/380_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DA ESTRADA ANTÔNIO STOCHEIRO INICIANDO NO TREVO DA ROD.DOS MINÉRIOS ATÉ O CAMPO GRANDE NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro Paulo Guerreiro </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1054/1054_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1054/1054_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REATIVAÇÃO DA CONSTRUÇÃO DA CANCHA COBERTA DO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1055/1055_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1055/1055_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO - OPERAÇÃO TAPA BURACOS.RUA A MATHUZCEWSKI, PROF A KRAUSE E JUSTO MANFRON, TANGUÁ</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/290/290_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/290/290_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA RELIGADO O SUPER POSTE NA RUA ZILDA BARBOSA, BAIRRO SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/381/381_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/381/381_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O RECOLHIMENTO E DESCARTE DE PNEUS USADOS NAS BORRACHARIAS NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/306/306_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/306/306_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA OPERAÇÃO TAPA BURACOS NAS RUAS PAVIMENTADAS DOS BAIRROS JD GRAMADOS E JD ROMA</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/317/317_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/317/317_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A IMPLANTAÇÃO DE UMA LOMBADA NO Nº417 DA RUA SÃO JOSÉ JARDIM MANTE SANTO</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/307/307_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/307/307_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A LIMPEZA,ROÇADA E RETIRADA DE ENTULHOS DA RUA SÃO JORGE JARDIM MONTE SANTO</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/318/318_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/318/318_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A IMPLANTAÇÃO DE LOMBADA E SINALIZAÇÃO DE ÁREA ESCOLAR NO BAIRRO PARQUE SÃO JORGE</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/491/491_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/491/491_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA FEITO ESTUDO DE VIABILIDADE PARA RETIRADA DE POSTO E PLACAS QUE ENCONTRAM-SE NO PASSEIO DIFICULTANDO ASSIM,A ACESSIBILIDADE DE PESSOAS PORTADORAS DE DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/382/382_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/382/382_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO ESTUDO DE VIABILIDADE TÉCNICA E FINANCEIRA P/INSTALAÇÃO DE UM CANIL MUNICIPAL.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/383/383_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/383/383_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO DUAS SALAS NA CRECHE OTACILÍA SITUADA NA RUA ANTÔNIO STOCHEIRO N°495 NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/384/384_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/384/384_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO CICLOVIA NAS RUAS FREI BEDA DE GAVELLO E ROGÉRIO GULIN NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/385/385_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/385/385_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA ESTUDO DE VIABILIDADE TÉCNICA E FINANCEIRA P/CONVÊNIO MÉDICO/ODONTOLÓGICO P/FUNCIONALISMO PÚBLICO.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1056/1056_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1056/1056_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DUAS LOMBADAS NA RUA PROF ALBERTO KRAUSE NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1067/1067_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1067/1067_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO E ROÇADA NA RUA AFONSO MATHUZCWSKI NO LOTEAMENTO DO MARINONI NO TANGUÁ</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/675/675_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/675/675_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE UMA REDE DE INTERNET DE ALTA VELOCIDADE EXCLUSIVA PARA A CENTRAL DE MARCAÇÃO DE CONSULTAS SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA LOMBADA NA RUA ANTÔNIO ST</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/389/389_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/389/389_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA A MANUTENÇÃO DE TODAS AS RUAS DO BAIRRO JD GRAMADOS JOSIANE CHICO MENDES E JD DAS OLIVEIRAS E JOSEANE.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/390/390_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/390/390_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA IMPLANTADO UMA LOMBADA E SINALIZAÇÃO DE ÁREA ESCOLAR ENTRE AS RUAS ARAUCÁRIA E CAMPO LARGO. </t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1070/1070_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1070/1070_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DAS INSTALAÇÕES E ATENDIMENTO DO POSTO DE SAÚDE DO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1073/1073_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1073/1073_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA E REVITALIZAÇÃO  DA CANCHA DE FUTEBOL DE AREIA E PARQUE INFANTIL DA RUA R DRECHELER,VL MARTA</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/676/676_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/676/676_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O SERVIÇO DE INSPEÇÃO MUNICIPAL SANITÁRIA PARA PRODUTOS DE ORIGEM ANIMAL E VEGETAL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/677/677_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/677/677_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO FUNDO MUNICIPAL DA AGRICULTURA.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/492/492_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/492/492_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISTRIBUIÇÃO NA FARMÁCIA MUNICIPAL DESTE MUNICÍPIO DE VITAMINA ADITIL, EM QUE O USO É RECOMENDADO A CRIANÇAS DE 0 A 01 ANO DE IDADE.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/444/444_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/444/444_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A DISTRIBUIÇÃO NA FÁRMACIA MUNICIPAL DA VITAMINA MATERNA, O USO DE TAL VITAMINA RECOMENDADO A GESTANTES.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISTRIBUIÇÃO NA FARMÁCIA MUNICIPAL DO ÔXIDO DE ZINCO POMADA DE ASSADURA.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/474/474_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/474/474_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA DO PARQUE JD PARAÍSO.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/445/445_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/445/445_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA CONCEDIDO FOTO 3X4 PARA DOCUMENTAÇÃO,ATRAVÉS DA AÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/475/475_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/475/475_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA COLOCADO 5 BRAÇO DE LAMPADA NA RUA PINHEIROS ENTRE OS Nº 100 AO Nº 402 JD SILVANA.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/493/493_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/493/493_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO CRÁS BAIRRO JD GRAZIELA.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/494/494_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/494/494_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA IMPLANTADA A COLETA SELETIVA, SEJA DOADO O MATERIAL RECICLÁVEL AS ASSOCIAÇÕES DE CATADORES DE PAPEL DEVIDAMENTE REGULARIZADAS.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/364/364_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/364/364_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO O RABAIXAMENTO DA TRAVESSA TATU LATERAL A ROD DOS MINÉRIOS.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA FEITA MANUTENÇÃO DE TODAS RUAS DO BAIRRO JD PARAÍSO E JD SILVANA.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/391/391_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/391/391_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO EM REGIME DE URGÊNCIA A COBERTURA E O CALÇAMENTO NA ÁREA EXTERNA DA U.S ROMA.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/392/392_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/392/392_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADA UMA LOMBADA NO Nº87 DA RUA PIRAQUARA JD ROMA</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/393/393_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/393/393_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE REALIZE OBRAS DE ESCOAMENTO DE ÁGUAS PLUVIAIS NA RUA ARNALDINA DANGUY BAIRRO LAMENHA GRANDE.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/394/394_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/394/394_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REFORMA E MANUTENÇÃO E MELHORIAS ESTRUTURAIS NA ESCOLA ÂNGELA ANTÔNIA MISGA DE OLIVEIRA JD JOSIANE.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1076/1076_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1076/1076_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA UNIDADE DE PRONTO ATENDIMENTO UPA 24H NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1079/1079_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1079/1079_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA AV BRASÍLIA NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1081/1081_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1081/1081_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLEMENTAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NA RUA DAS LARANJEIRAS,ELISIO F DO NASCIMENTO,VER W BUGALSKI</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1083/1083_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1083/1083_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA DAS AMOREIRAS NO BAIRRO LAMENHA GRANDE</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/678/678_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/678/678_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PEDIDO DE INFORMAÇÃO QUANTO AO NÚMERO DE PLACAS DE TAXIS CONCEDIDAS EM ALMIRANTE TAMANDARÉ.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/386/386_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/386/386_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO A CONSTRUÇÃO DE GALERIA DE ÁGUAS PLUVIAIS NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/477/477_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/477/477_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA BARÃO DO RIO BRANCO BAIRRO JD AMAZONAS.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/446/446_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/446/446_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA RUA SANTOS DUMONT JD AMAZONAS.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTUDO E IMPLEMENTAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NAS RUAS ELISIO F NASCIMENTO E AV BRASÍLIA, TANGUÁ</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1087/1087_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1087/1087_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO - OPERAÇÃO TAPA BURACOS AV ROUXINOL,AV DOS CANÁRIOS,AV JOANA D'ARC, TANGUÁ</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1090/1090_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1090/1090_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO E RECUPERAÇÃO DA RUA ROBERTO DRECHELER NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO E RECUPERAÇÃO DA RUA PADRE JOSÉ MAURICIO E RUA JOSÉ KLEINA NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/395/395_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/395/395_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A IMPLANTAÇÃO DE PONTO DE ÔNIBUS NA ESQUINA DA RUA JOÃO G. FILHO COM RODOVIA DOS MINÉRIOS.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/396/396_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/396/396_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITA A BASE PARA A COLOCAÇÃO DE MASSA ASFÁLTICA NA RUA PONTA GROSSA E AV. CACHOEIRA </t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ABRIGO (PONTO DE ÔNIBUS) NA LINHA JARDIM GRAMADOS</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/313/313_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/313/313_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SE REALIZE UMA AÇÃO CONCENTRADA ENTRE AS SECRETARIAS MUNICIPAIS ENTRE OS BAIRROS CHICO MENDES</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/495/495_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/495/495_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALADO REDUTOR DE VELOCIDADE NA RUA DELEGADO BATISTA DE SIQUEIRA, EM FRENTE AO Nº 418, Nº 491, PRÓXIMO A IGREJA CATÓLICA DO JARDIM PARAÍSO. </t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/478/478_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/478/478_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCADO BRAÇO DE LAMPADA EM FRENTE A IGREJA CATÓLICA JD PARAÍSO.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">SEJA FEITA A GALERIA DE ÁGUA PLUVIAIS NA RUA JOSÉ DINARTE JOSE BATISTA, 83. </t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/479/479_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/479/479_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA FEITA A GALERIA DE ÁGUAS PLUVIAIS, NA RUA PEDRO POLAK, Nº 83 EM FRENTE A ESCOLA ESTADUAL JD PARAÍSO.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA REALIZADA A MANUTENÇÃO DA PAVIMENTAÇÃO ASFÁLTICA NA RUA</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/397/397_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/397/397_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROPÕE REALIZAR ESTUDO PARA PAVIMENTAÇÃO ASFÁLTICA DA RUA CAMPINA  GRANDE DO SUL</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/398/398_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/398/398_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA A MANUTENÇÃO DA CANCHA DE AREIA DA RUA ABATIA BAIRRO CHICO MENDES.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/399/399_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/399/399_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA QUE SEJA FEITO COM URGÊNCIA A MANUTENÇÃO PREDIAL DO CMEI PEQUENO PRÍNCIPE </t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REDUTORES DE VELOCIDADE,RUA R DRECHELER NO COL PROF A KRAUSE E NA ESCOLA PROF CLAIR R SANDRI,TANGUÁ</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTUDO E IMPLANTAÇÃO DE UM SISTEMA DE REDE DE ESGOTO SANITÁRIO NO BAIRRO TANGUÁ E MARINONI</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO E INSTALAÇÃO DE FEIRA LIVRE NO TANGUÁ COM PRODUTOS DA AGRICULTURA LOCAL, LANCHES,ARTESANATO</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/496/496_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/496/496_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PASSARELA NA RODOVIA DOS MINÉRIOS.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR BRAÇO DE LAMPADA NA LINDOLFO MONTEIRO, 1550 MARMELEIRO.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ACADEMIA DE AR LIVRE BAIRRO JD APUCARANA.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.jpeg</t>
   </si>
   <si>
     <t>GALERIA DE ÁGUAS PLUVIAIS, BEM COMO O DESENTUPIMENTO DA MANILHAS EXISTENTES NA RUA MARTA SHOLOCHOSKI BAIRRO RECANTO DOS PAPAGAIOS.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/400/400_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/400/400_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA UMA BOCA DE LOBO NA RUA ARAUCÁRIA Nº 271 JD ROMA</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/401/401_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/401/401_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PROPÕE QUE REALIZE ESTUDO PARA OBRA DE PAVIMENTAÇÃO ASFÁLTICA DA RUA BOCAIUVA DO SUL JD ROMA </t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA FEITA OPERAÇÃO TAPA-BURACO NA RUA FRANCISCO RIBEIRO DE MATOS, BAIRRO CAMPINA DO ARRUDA, JD BENFICA.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA VL GRÉCIA NO BAIRRO LAMENHA GRANDE</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 4 BRAÇOS DE LUZ NA RUA DAS LARANJEIRAS ENTRE O BAIRRO TANGUÁ E COLÔNIA GABRIELA</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1057/1057_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1057/1057_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 2 BRAÇOS DE LUZ NA RUA CEZAR AUGUSTO FERRI NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1058/1058_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1058/1058_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTUDO PARA IMPLANTAÇÃO DE UMA NOVA ESCOLA NO BAIRRO TANGUÁ PRÓXIMO DA COLÔNIA GABRIELA</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/402/402_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/402/402_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA TRAVESSIA DE ÁGUA PLUVIAL E UMA BOCA DE LOBO NO Nº236 DA RUA CEREJEIRAS BAIRRO CHICO MENDES.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/679/679_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/679/679_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA ESTUDOS DE APROVEITAMENTO DA ESCOLA DA VENDA VELHA.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA IMPLANTADA UMA LOMBADA NA RUA NOVA SERRANA EM FRENTE AO</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA REALIZADO O REALINHAMENTO DOS POSTES DA RUA FREI MAURO,</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/387/387_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/387/387_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA RUA JACOB CAMILLO BENATTO EM TODA SUA EXTENSÃO NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/358/358_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/358/358_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA LIMPEZA,PATROLAMENTO,SUBST.DE LÂMPADAS QUEIMADAS...NA RUA JOÃO CHEVÔNICA ANTONIACOMI   BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/359/359_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/359/359_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DE MEIO FIO,PATROLAMENTO E SUBST.DE LÂMPADAS DA RUA GUSTAVO JOPPERT NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/360/360_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/360/360_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DO PARQUE AMBIENTAL,C/LIMPEZA,CORTE DE GRAMA E ILUMINAÇÃO E         INST.DE ACADEMIA AO AR LIVRE SITUADO NO PARQUE AMBIENTAL NO BAIRRO AREIAS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INST.DE REDUTOR DE VELOCIDADE(TARTARUGAS)NO TREVO DE ACESSO AO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/403/403_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/403/403_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA QUE SEJA REALIZADO ESTUDO PARA OBRA DE PAVIMENTAÇÃO ASFÁLTICA DA RUA ESTANISLAU BUROWSKI JD SÃO VENÂNCIO. </t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/680/680_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/680/680_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PARA SER COLOCADO DUAS LOMBADAS NA RUA RIO BRANCO JARDIM DRAGÃO VERDE,LAMENHA PEQUENA.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA EXECUTADO A AMPLIAÇÃO DE REDE DE ILUMINAÇÃO PUBLICA, AV VERÔNICA BARCIK, 239 BAIRRO JD APUCARANA.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEJA EXECUTADO A RETIRADA DO POSTE EM VIA PUBLICA NA RUA JOSÉ REAL PRADO JD SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/362/362_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/362/362_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PATROLAMENTO, ENSAIBRAMENTO E CANALIZAÇÃO DE ESGOTO DA RUA GERALDO TEIXEIRA NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA MANUT.DA RUA(S/NOME)PARALELA C/A RUA JOÃO GOVATZKI NA CAPIVARA.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/365/365_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/365/365_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PATROL.E ENSAIBRAMENTO BEM COMO SEJA MANILHADA O ESGOTO DA VIA PÚBLICA NA RUA CARLOS MANFRON BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/404/404_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/404/404_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DA RUA ARI DE LARA VAZ JD MOZACAL</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/405/405_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/405/405_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO O DESASSOREAMENTO DA VALETA NO FINAL DA RUA ADÃO TELES MACIEL JARDIM SANTA EDWIRGERS.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/406/406_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/406/406_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA A PAVIMENTAÇÃO ASFÁLTICA DA RUA RIO BRANCO DO SUL JARDIM ROMA.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/585/585_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/585/585_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA OPERAÇÃO TAPA BURACOS NA RUA LOURENÇO ANGELO BUSATO.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/587/587_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/587/587_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADA UMA TRAVESSIA ELEVADA DE PEDESTRES NA AVENIDA ANTONIO JOHNSON.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJAM TOMADAS PROVIDENCIAS PARA O RECORTE DA AFLORAÇÃO DE UM</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/681/681_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/681/681_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA LIMPEZA NAS MARGENS E RESTAURAÇÃO DO ASFALTO DE TODAS AS RUAS DO JARDIM MONTE PARNASSI.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE SOLICITE AO GOVERNO DO ESTADO DO PARANÁ, A INCLUSÃO NO PROJE</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/588/588_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/588/588_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA INCRUIDAS  AS RUAS DONA NATALIA E AURELIO TEDESK DO JARDIM SÃO VENANCIO NO PLANO MUNICIPAL.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE BRAÇO DE LAMPADA NA RUA MIGUEL MURASKI JA PARAÍSO.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/589/589_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/589/589_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO MELHORIAS NA ESCOLA MUNICIPAL CORONEL JOÃO CÂNDIDO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/366/366_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/366/366_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO O ASFALTAMENTO DA RUA JOÃO CHEVÔNICA EM FRENTE A UNIDADE DE SAÚDE ATÉ A SOCIEDADE AMIGOS DA TRANQUEIRA.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/367/367_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/367/367_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PATROL.E ENSAIBRAMENTO DA RUA MARINA FRANÇA MILEK NO JARDIM SAÕ VENÂNCIO NA GRANDE CACHOEIRA.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/629/629_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/629/629_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O PATROLAMENTO E ENSAIBRAMENTO DA RUA DONA NATALIA NO JARDIM SÃO VENÂNCIO.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/630/630_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/630/630_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA PATROLAMENTO E ENSAIBRAMENTO NA RUA ADÃO TELES MACIEL,NO BAIRRO JARDIM GRAMADOS.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/631/631_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/631/631_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITA A TROCA DE LAMPADAS NA RUA ANTONIO JOHNSON NAS PROXIMIDADES DO NUMERO 4175,BAIRRO JARDIM ROMA._x000D_
 </t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/368/368_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/368/368_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PATROL.ENSAIBRAMENTO NO N°6243 MD2 DA ESTRADA CAPIVARA DOS MANFRON.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA DO GINÁSIO DE ESPORTE BUZATÃO.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/369/369_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/369/369_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUT.DO ASFALTO E CONST.DE CALÇADAS ASSIM COMO PINTURA DOS SINAIS DE TRÂNSITO NO ASFALTO DA RUA LOURENÇO BUZATO Nº670.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/370/370_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/370/370_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PATROLAMENTO,ENSAIBRAMENTO E ILUMINAÇÃO PÚBLICA DA RUA ARI DE LARA VAZ NO BAIRRO MATO DENTRO.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/371/371_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/371/371_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA QUE SEJA FEITO PAVIMENTAÇÃO DE ASFALTO DA RUA JACOB CAMILO BENATTO NO BAIRRO TRANQUEIRA._x000D_
 </t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/372/372_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/372/372_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA COLOCADO UM BRAÇO DE LUZ NA RUA FRANCISCO DE LARA VAZ KM 03 NO BAIRRO CAMPO GRANDE.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/298/298_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/298/298_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADA OPERAÇÃO TAPA BURACOS NA RUA ATHAIDE DE SIQUEIRA BAIRRO CENTRO</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MANUTENÇÃO DA PRAÇA FREDERICO MANFROM ( PRACINHA DO SKATE) CENTRO</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/373/373_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/373/373_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PEDIDO DE ENVIO DE OFICIO P/DEP.RASKA RODRIGUES,C/PEDIDO DE CONST.E INSTALAÇÃO DE UM TERMINAL NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RUA ALMIRANTE BARROSO CONTENÇÃO DE CRATERA E LIMPEZA DE BUEIRO</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1059/1059_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1059/1059_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO OPERAÇÃO TAPA BURACOS NA AV ALBERTO KRAUSE NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1060/1060_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1060/1060_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO OPERAÇÃO TAPA BURACOS NA RUA AFONSO MATHUZCEWSKI NO LOTEAMENTO MARINONI,TANGUÁ</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/682/682_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/682/682_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PEDIDO DE PROVIDENCIAS REFERENTE AS FESTAS COM SOM AUTOMOTIVO,BAIRRO MARMELEIRO.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1065/1065_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1065/1065_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO OPERAÇÃO TAPA BURACOS NA RUA JOSÉ KLEINA NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1068/1068_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1068/1068_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LOMBADAS OU REDUTORES DE VELOCIDADE NA AV PROF ALBERTO KRAUSE NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1071/1071_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1071/1071_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE PINTURA DOS PORTAIS DE ENTRADA DO MUNICÍPIO,LIMITE COM CURITIBA NO TANGUÁ E LAMENHA GR</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1074/1074_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1074/1074_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE LIMPEZA E DESASSOREAMENTO NO TAQUARI NO BAIRRO TANGUÁ,LOTEAMENTO MARINONI,VL MARTA </t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1077/1077_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1077/1077_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BRAÇOS DE LUZ E SUBSTITUIÇÃO DE LÂMPADAS NA RUA ROBERTO DRECHELER NO TANGUÁ</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/341/341_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/341/341_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA O PATROLAMENTO E ENSAIBRAMENTO DA RUA FREDERICO DOMINGOS GULIN ATÉ O LOTEAMENTO JOÃO POLICIA. </t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/344/344_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/344/344_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE A RUA FREDERICO DOMINGOS GULIN RECEBA CAMINHÃO PIPA EM TODA SUA EXTENSÃO  NO BAIRRO TRANQUEIRA</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/345/345_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/345/345_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A TROCA DE LÂMPADAS DA RUA FREDERICO DOMINGOS GULIN NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/346/346_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/346/346_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA INTERPELADA A PROVEDORA DE TELEFONIA  CLARO,SOBRE FALTA DE CONECTIVIDADE NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/347/347_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/347/347_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE ORIENTADOR DE TRANSITO NO HORÁRIO DE ENTRADA E SAÍDA DAS ESCOLAS  (CEPAST E BORTOLO LOVATTO) SITUADO NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/299/299_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/299/299_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA COLOCADO UM BRAÇO DE LUZ FRENTE AO Nº5422 DA AVENIDA FRANCISCO KRUGER BAIRRO CACHOEIRA</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/310/310_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/310/310_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA A CONTENÇÃO DE UMA CRATERA E A CONSTRUÇÃO DE UMA BOCA DE LOBO NA RUA LUIZ GILBERTO PAVONI</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1080/1080_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1080/1080_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REATIVAÇÃO DO CIRCUITO DA NATUREZA DE TURISMO RURAL DE ALMIRANTE TAMANDARÉ</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1082/1082_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1082/1082_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO OPERAÇÃO TAPA BURACOS,RUA ROUXINOL,AV DOS CANÁRIOS,AV ALBERTO KRAUZE,BAIRRO TANGUÁ</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/289/289_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/289/289_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM IMPLANTADOS BUEIROS NAS ESQUINAS DAS RUAS ROSA SONATO E ZILDA BARBOSA</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1085/1085_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1085/1085_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO E ENSAIBRAMENTO DAS RUAS JOÃO VICKI,TOBIAS CAMARGO,CLEBER J ALVES, LAMENHA GRANDE</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/348/348_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/348/348_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE CERCA DE PALITOS OU MURO NA LATERAL E FRENTE DA ACADEMIA AO AR LIVRE  NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/349/349_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/349/349_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE UM BANHEIRO EXTERNO NA UNIDADE DE SAÚDE FREDERICO GULIN NA RUA ANTONIO STOCHEIRO NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>INDICA QUE SEJA EFETUADO O MANILHAMENTO DA RUA RIO BRANCO NO BAIRRO JARDIM BONITO.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/351/351_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/351/351_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DO BUEIRO NA RUA LAURINDO PEREIRA MACHADO N°533 NO BAIRRO JARDIM BONITO.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA CAIXA DE CONTENÇÃO E LIMPEZA DE MANILHAS NA RUA CAMPO LARGO ESQUINA COM RUI BRANCO DO SUL</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE UMA LIXEIRA COMUNITÁRIA PRÓXIMA A U.S JARDIM ROMA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/301/301_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/301/301_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA UMA OPERAÇÃO TAPA BURACO NA RUA FRANCISCO RIBEIRO DE MATOS BAIRRO JD GINESTE</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/312/312_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/312/312_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA UMA LOMBADA FRENTE AO Nº140 DA RUA CAÇADOR BAIRRO JD APUCARANA</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1088/1088_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1088/1088_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO DE TRÂNSITO NA AV BARÃO DO RIO BRANCO, BAIRRO LAMENHA GRANDE</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/632/632_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/632/632_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA UMA TRAVESSIA ELEVADA EM FRENTE A OFICINA DIDALTO,LOCALIZADA DA RUA DOMINGOS SCUCATO.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/591/591_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/591/591_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADO UMA TRAVESSIA ELEVADA DE PEDESTRE EM FRENTE AO SUPERMERCADO QUITT NA AVENIDA ANTONIO JOHNSON.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA RECUPERADA A ESTRADA DA BARRA,NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/288/288_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/288/288_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM REALIZADOS PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS DO BAIRRO AREIAS, E EM TRANQUEIRA NOS BAIRROS MARIA LUIZA E TIMBU</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/593/593_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/593/593_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A COLOCAÇÃO DE UM BRAÇO DE LUZ FRENTE AO Nº 250 DA RUA PARANAGUÁ BAIRRO CACHOEIRA.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DAS RUAS, OLHO D'ÁGUA, MONTE SIÃO E PORTO SEGURO, BAIRRO JD YPE. </t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1091/1091_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1091/1091_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO DE TRÂNSITO NA RUA EDGAR ALBERTO TIEMAN, JD VITÓRIA NO TANGUÁ</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PLACAS DE SINALIZAÇÃO DE TRÂNSITO,AV PROF A KRAUSE,AFONSO MATHUZCEWSKI,EDGAR F NASCIMENTO, TANGUÁ</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/302/302_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/302/302_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROPÕE QUE SEJA REALIZADO A EXTENSÃO DA REDE ELÉTRICA DA RUA ANTÔNIO PEREIRA MACHADO BAIRRO JD PRIMOR</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA INSTITUÍDO UM PROGRAMA DE CALÇAMENTO NO MUNICIPIO DE AL</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA REALIZADA A EXTENSÃO DA REDE ELÉTRICA DA RUA ADIRCE DO </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/352/352_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/352/352_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA A CICLOVIA EM UMA DAS LATERAIS NA RUA PEDRO TEIXEIRA ALVES NO BAIRRO MATO DENTRO</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/353/353_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/353/353_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO O ASFALTO E MANILHAMENTO NA RUA PERNAMBUCO NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/354/354_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/354/354_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO ASFALTO E MANILHAMENTO NA RUA OSCAR RODRIGUES NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DESASSOREAMENTO DO CÓRREGO QUE PERCORRE A LATERAL DA RUA ELFRIDA ROESSLER JACUMASSO, TANGUÁ</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/683/683_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/683/683_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PARA PATROLAR, ENSAIBRAR E FAZER REPAROS NA RUA PAULO STANK LAMENHA PEQUENA.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/684/684_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/684/684_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A DISPONIBILIDADE DE VAGAS DE ESTACIONAMENTO PARA CONTRIBUINTES NO PATIO DA PREFEITURA</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/594/594_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/594/594_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO UMA CAIXA DE CONTENÇÃO E A LIMPEZA DE MANILHAMENTO DA RUA QUATRO BARRAS.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/596/596_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/596/596_texto_integral.jpeg</t>
   </si>
   <si>
     <t>UM PEDIDO DE PROVIDENCIAS EM AÇÃO CONJUNTA POR PARTE DOS ÓRGÃOS COMPETENTES SOBRE A OCUPAÇÃO IRREGULAR.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/497/497_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/497/497_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZADA A REDE DE ESGOTO NA RUA MARIA SILVANY DO NASCIMENTO NAS PROXIMIDADES DO Mº 78, JD PARAÍSO</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/435/435_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/435/435_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZADO O ESGOTO NA RUA ANTONIO CHÊVONICA NAS PROXIMIDADES DO Nº225 JD COLINA.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/287/287_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/287/287_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUÍDA UMA TRAVESSIA ELEVADA NA AVENIDA EMÍLIO JOHNSON, EM FRENTE AO COLÉGIO AIRTON SENA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A DEVIDA FISCALIZAÇÃO SOBRE A ÁREA DE ESTACIONAMENTO EXCLUSIVO PARA TRANSPORTE ESCOLAR, EM FRENTE AO COLÉGIO AIRTON SENA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA FEITA A MANUTENÇÃO DA SINALIZAÇÃO NA ESQUINA ENTRE AS R</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UMA LINHA DE ÔNIBUS LIGANDO OS BAIRROS DA REGIÃO RURAL DO MUNICIPIO COM OUTROS BAIRROS</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ANÁLISE E REATIVAÇÃO DO PROCESSO PARA FINALIZAÇÃO DA CONSTRUÇÃO DA CASA DO AGRICULTOR NO BOTIATUBA</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/597/597_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/597/597_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A REPINTURA EM TODA A SINALIZAÇÃO DE TRANSITO DO MUNICIPIO.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/598/598_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/598/598_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A LIMPEZA DE MANILHAMENTO NA RUA CAMPINA GRANDE DO SUL VILA AJAMBI.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/600/600_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/600/600_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO REFORMAS E MELHORIAS NA U S SÃO VENÂNCIO.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.jpeg</t>
   </si>
   <si>
     <t>02 LOMBADAS NA RUA DOS PINHEIROS, 01 EM FRENTE AO PORTÃO DA ESCOLA IGNÁCIO LIPINSKI E A OUTRA NO FINAL DO MURO DA ESCOLA.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/601/601_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/601/601_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A LIMPEZA DE BOCA DE LOBO E DESENTUPIMENTO DE MANILHAS NA RUA NOSSA SENHORA DA LUZ.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/602/602_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/602/602_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A REVITALIZAÇÃO DA PRAÇA PEDRO ALVES DE CARVALHO IMPLANTAÇÃO DE ACADEMIA AO AR LIVRE.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/603/603_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/603/603_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O DESENTUPIMENTO DE MANILHAS NA RUA SÃO JOÃO ESQUINA COM SÃO FELIX JD MONTE SANTO.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BRAÇO DE LUZ NA RUA ALAGOAS NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BRAÇO DE LUZ NA RUA CESAR AUGUSTO FERRI NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE SEJA INSTITUÍDO UM PROGRAMA DE EDUCAÇÃO BUCAL, NAS ESCOLAS D</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1061/1061_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1061/1061_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DOIS PONTOS DE TAXI, AV PROF ALBERTO KRAUSE,TANGUÁ,E OUTRO NA RUA AFFONSO MATHUZCHEWSKI NO MARINONI</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1062/1062_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1062/1062_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VARRIÇÃO E REMOÇÃO DE SUJEIRA DA AV PROF ALBERTO KRAUSE E DA RUA AFFONSO MATHUZCHEWSKI NO TANGUÁ</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPINTURA DO MURO DO POSTO DE SAÚDE DA UNIDADE TANGUÁ</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1063/1063_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1063/1063_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BRAÇO DE LUZ,R CESAR AUGUSTO FERRI ENTRE AS RUAS PADRE J MAURICIO E JOSÉ KLEINA,TANGUÁ</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1064/1064_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1064/1064_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BRAÇO DE LUZ NA RUA NOGUEIRA ENTRE AS RUAS CEDRO E JEQUITIBÁ NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1066/1066_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1066/1066_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS RUAS DE SAIBRO NO BAIRRO TANGUÁ, COLÔNIA STA GABRIELA E TABOÃO</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1069/1069_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1069/1069_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DOS PORTAIS DE ENTRADA DO MUNICIPIO LOCALIZADOS NOS BAIRROS TANGUÁ E TABOÃO</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1072/1072_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1072/1072_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇO DE ROÇADA NA ESQUINA DAS RUAS ARTHUR WOLF E PROF ALBERTO KRAUSE NO TANGUÁ</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADO UMA ACADEMIA AO AR LIVRE AO LADO DA CANCHA DE FUTEBOL DO JD PRIMAVERA.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A REPINTURA DAS FAIXAS DE SINALIZAÇÃO DE TRANSITO NA RUA JOSÉ CARLOS COLODEL BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO MANUTENÇÃO DA RUA FREDERICO ROSE JD COLONIAL.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/685/685_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/685/685_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA OPERAÇÃO TAPA BURACO E ROÇADA NA RUA ANTONIO EDUARDO TREVISAN.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1075/1075_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1075/1075_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO TAPA BURACOS,AV ROUXINOL,DOS CANÁRIOS,DAS ARARAS,DAS ANDORINHAS,GRALHA AZUL,TANGUÁ</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1078/1078_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1078/1078_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO TAPA BURACOS,R A MATHUZCEWSKI,R JUSTO MANFON,R CELSO A LACHOVISKI,MARINONI,TANGUÁ</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA RECUPERADA A RUA TAKEO OYAMA,RUA GUILHERMINA RIBEIRO E A RUA ANA IMOTO NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1084/1084_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1084/1084_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LÂMPADAS,RUA ANTÕNIO MACHADO ENTRE AS RUAS JOÃO S VANZIN,LUIZ FIDELIX,MARINONI,TANGU</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE UTILIZE O TERRENO AO LADO DA U S ROMA PARA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/355/355_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/355/355_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O PATROLAMENTO E ENSAIBRAMENTO DAS RUAS JOSÉ ANTONIACOMI FILHO E ANTONIO CORREA VAZ NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/356/356_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/356/356_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA COLOCADO UMA CAÇAMBA P/LIXO NA RUA JOÃO BERQUO,EM FRENTE AO CEMITÉRIO NO BAIRRO TRANQUEIRA.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/686/686_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/686/686_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A AMPLIAÇÃO DA LINHA DE ÔNIBUS JARDIM IPÊ, SAINDO DO TERMINAL SANTA FELICIDADE ATÉ A RUA ALBERTO KRAUSE.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/357/357_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/357/357_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA UMA LOMBADA NA RUA SIMÃO DOMAKOSKI,NO BAIRRO JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUMENTO DE ÔNIBUS NOS HORÁRIOS DE PICO NA LINHA JD PARAÍSO.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/687/687_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/687/687_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A IMPLEMENTAÇÃO DE ESTACIONAMENTOS REGULARIZADOS NAS PRINCIPAIS VIAS DO CENTRO DE ALMIRANTE TAMANDRÉ.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO EM FRENTE DAS REDES BANCARIAS VAGAS ESTACIONAMENTO ESPECIAL PARA PORTADORES DE DEFICIÊNCIA. </t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1086/1086_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1086/1086_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VARRIÇÃO E REMOÇÃO DE SUJEIRA, AV VER WADISLAU BUGALSKI NO BAIRRO LAMENHA GRANDE</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1089/1089_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1089/1089_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO NAS RUAS DE SAIBRO DO BAIRRO TANGUÁ, VL MARTA, JD IRACEMA E JD VITÓRIA</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS NA AV JUSTO MANFORN E RUA FRANCISCO SANDRI NO BAIRRO LAMENHA PEQUENA</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1092/1092_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1092/1092_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UNIDADES DO ARMAZÉM DA FAMÍLIA NOS TERMINAIS DE ÔNIBUS DO MUNICIPIO</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/633/633_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/633/633_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO ESTUDOS PARA PAVIMENTAÇÃO ASFÁLTICA NA RUA LUIZ MOZART GOBOR, JARDIM CENTRAL.</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CAMERAS NAS ESCOLAS MUNICIPAIS E ESTADUAIS.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/498/498_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/498/498_texto_integral.jpeg</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM REALIZADOS PATROLAMENTO E ENSAIBRAMENTO DE TODAS AS RUAS DO BAIRRO SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM TOMADAS PROVIDÊNCIAS JUNTO À SANEPAR PARA A REGULARIZAÇÃO DO SISTEMA DE ESGOTO NO BAIRRO SÃO JOÃO BATISTA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUÍDA UMA CAIXA D'ÁGUA PARA ABASTECIMENTO DO BAIRRO SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO UMA TRAVESSIA DE MANILHAS NO RIACHO DA RUA ABATIA BAIRRO CHICO MENDES.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/610/610_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/610/610_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O ALARGAMENTO DA VIA E O PATROLAMENTO RUA VERÔNICA CASTRO JD DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/611/611_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/611/611_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O DESENTUPIMENTO E LIMPEZA DE BOCA DE LOBO E  MANILHAS NA RUA RIO BRANCO DO SUL JD ROMA.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/612/612_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/612/612_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O DESASSOREAMENTO DO RIACHO DO BAIRRO CHICO MENDES.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1093/1093_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1093/1093_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E RECUPERAÇÃO DAS RUAS RIO GRANDE DO SUL E ELIZIO FERREIRO DO NASCIMENTO NO TANGUÁ</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1094/1094_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1094/1094_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇO DE DRENAGEM DO CAMPO DE FUTEBOL DA RUA ELFRIDA R JACUMASSO NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1095/1095_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1095/1095_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇADA E MANUTENÇÃO DO CAMPO DE FUTEBOL DA RUA ESTOCOLMO, VILA SUÉCIA, LAMENHA GRANDE</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA SALA DE ATENDIMENTO ODONTOLÓGICO DA ESCOLA MUNICIPAL PROF CLAIR DO ROCIO SANDRI</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/436/436_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/436/436_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÕES DE CÂMERAS NOS TERMINAIS DE ÔNIBUS CACHOEIRA E SEDE. </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA OFICIADA A SANEPAR, SOLICITANDO INFORMAÇÕES SOBRE A FORMA DE TRATAMENTO DA ÁGUA DO BAIRRO SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/688/688_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/688/688_texto_integral.jpeg</t>
   </si>
   <si>
     <t>FAZER RECADASTRAMENTO DOS PEQUENOS AGRICULTORES,QUE SE ENQUADRAM COMO SEGURADO ESPECIAL E QUE TEM SUA RENDA EXCLUSIVAMENTE DA PRODUÇÃO RURÍCULA.</t>
   </si>
   <si>
     <t>INDICAÇÃO QUE SEJAM REALIZADAS LIMPEZA, MANUTENÇÃO E IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NO PARQUE AMBIENTAL "VICÊNCIO BENATTO"</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/634/634_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/634/634_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO O PATROLAMENTO E ENSAIBRAMENTO DA RUA SANTA BARBARA, BAIRRO ALTO PINHEIRO.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/635/635_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/635/635_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO O PATROLAMENTO E ENSAIBRAMENTO DA RUA TIMONEIRA NO BAIRRO ALTO PINHEIRO.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1113/1113_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1113/1113_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO OPERAÇÃO TAPA BURACOS NA AV JOANA D'ARC NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO TAPA BURACOS, RUA JOSÉ KLEINA NO BAIRRO TANGUÁ</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PREFEITO MUNICIPAL A AUSENTAR-SE DO PAÍS&amp;#8221;</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Aldnei Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N°006/2006, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO REAJUSTE SALARIAL ANUAL AOS SERVIDORES MUNICIPAIS,E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI COMPLEMENTAR N°014/2009, DE 17 DE DEZEMBRO DE 2009, E DA OUTRAS PROVIDENCIA</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS 2013 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ENTIDADE CASA DE RECUPERAÇÃO ÀGUA DA VIDA - CRAVI E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ENTIDADE FUNDAÇÃO EDUCACIONAL MENINOS E MENINAS DE RUA PROFETA ELIAS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ENTIDADE COMUNHÃO ESPÍRITA CRISTÃ DE CURITIBA - NOSSO LAR COMUNIDADE DO IDOSO, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ENTIDADE ASSOCIAÇÃO BENEDITINA DA PROVIDÊNCIA - ABENP, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ENTIDADE INTEGRARE SOCIALIS - AÇÕES DE INTEGRAÇÃO SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CELEBRAR CONVENIO COM A PASTORAL DA CRIANÇA- ORGANISMO DE AÇÃO SOCIAL- CNBB, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CELEBRAR CONVENIO COM A ENTIDADE ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS- APAE, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL CELEBRAR CONVENIO COM A ENTIDADE ASSOCIAÇÃO RUTH SCHRANK, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1422/2009,DE 26 DE MAIO DE 2009, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL CELEBRAR CONVENIO COM A ENTIDADE CENTRO DE ORIENTAÇÃO E CONTROLE DE EXCEPCIONAIS DE CURITIBA- COCEC,E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL CELEBRAR CONVENIO COM A ENTIDADE FUNDAÇÃO ECUMÊNICA DE PROTEÇÃO AO EXCEPCIONAL- FEPE, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL EFETUAR PAGAMENTO DE INDENIZAÇÕES AS INSTITUIÇÕES QUE ESPECIFICA, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº1652/2013, DE 09 DE JANEIRO DE 2013, E DA OUTRAS PROVIDENCIAS  </t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CREDENCIAMENTO DE PRESTADORES DE SERVIÇOS DE CONSULTAS MEDICAS BÁSICAS AMBULATORIAIS, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL EFETUAR PAGAMENTO DE INDENIZAÇÃO AS INSTITUIÇÕES QUE ESPECIFICA, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O BRASÃO DO MUNICÍPIO, INSTITUÍDO PELO ARTIGO 6° DA LEI ORGÂNICA DO MUNICÍPIO, E DA OUTRAS PROVIDENCIAS   </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N° 1652/2013, DE 09 DE JANEIRO DE 2013,  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ADMINISTRAÇÃO - COMAD, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL E ESPECIAL, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS E CONCEDER ISENÇÕES FISCAIS, RELATIVAS A CONSTRUÇÃO DE UNIDADES HABITACIONAIS VINCULADAS A PROGRAMAS HABITACIONAIS DE INTERESSE SOCIAL, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CELEBRAR CONVENIO COM A ENTIDADE ASSOCIAÇÃO DO DEFICIENTE MOTOR- ADM- ESCOLA DE EDUCAÇÃO ESPECIAL VIVIAN MARÇAL,  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVENIO COM O PODER LEGISLATIVO MUNICIPAL, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVENIO COM O ESTADO DO PARANÁ, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREA URBANA PARA O ESTADO DO PARANÁ, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O FUNDO MUNICIPAL DE REEQUIPAMENTO DO CORPO DE BOMBEIRO DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DA OUTRAS PROVIDENCIAS   </t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE COMBATE A INCÊNDIOS NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  O PODER EXECUTIVO MUNICIPAL EFETUAR PAGAMENTO DE INDENIZAÇÕES AS INSTITUIÇÕES QUE ESPECIFICA,  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CREDITO COM A AGENCIA DE FOMENTO DO PARANÁ S.A., E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CELEBRAR CONVENIO COM A ENTIDADE FUNDAÇÃO EDUCACIONAL MENINOS E MENINAS DE RUA PROFETA ELIAS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVENIO COM A ENTIDADE ASSOCIAÇÃO BENEDITA DA PROVIDENCIA - ABENP, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL,E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS NA LEI MUNICIPAL N°127/91, DE 14 DE NOVEMBRO DE 19991, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA EXPRESSAMENTE A LEI MUNICIPAL N°1306/2008,DE 30 DE JANEIRO DE 2008, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA EXPRESSAMENTE A LEI MUNICIPAL Nº1326/2008, DE 10 DE ABRIL DE 2008, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N°1282/2007, DE 25 DE OUTUBRO DE 2007,  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CELEBRAR CONVENIO COM O SINDICATO DOS TRABALHADORES RURAIS DE ALMIRANTE TAMANDARÉ, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N°1652/2013, DE 09 DE JANEIRO DE 2013, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI E REGULAMENTA O FUNDO MUNICIPAL DA SAÚDE DO  MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REDUZIR SUBSÍDIOS CONFORME ESPECIFICA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A AGENCIA DE FOMENTO DO PARANÁ S.A.,E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL, A CEDER ÁREA DE TERRENO QUE ESPECIFICA</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DA SECRETARIA MUNICIPAL DE SAÚDE DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, A COMISSÃO MUNICIPAL DE FARMACOLOGIA, DIAGNÓSTICO E TERAPÊUTICA E A REMUME -RELAÇÃO MUNICIPAL DE MEDICAMENTOS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL CELEBRAR CONVENIO COM A ENTIDADE ASSOCIAÇÃO BENEFICIENTE ENCONTRO COM DEUS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PARA O EXERCÍCIO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N°1448/2009, DE 10 DE SETEMBRO DE 2009, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA EXPRESSAMENTE A LEI MUNICIPAL Nº 1488/2009,DE 14 DE DEZEMBRO DE 2009, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PARA O EXERCÍCIO FINANCEIRO DE 2014, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PARA O QUADRIÊNIO 2014 A 2017, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1578/2011, DE 12 DE JULHO DE 2011, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CREDENCIAMENTO DO MÉDICOS PLANTONISTAS PARA A UNIDADE DE SAÚDE 24 HORAS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADERIR AO PROGRAMA DE MODERNIZAÇÃO DA ADMINISTRAÇÃO TRIBUTÁRIA- PMAT/BNDS, ATRAVÉS DA CAIXA ECONÔMICA FEDERAL, NA QUALIDADE DE AGENTE FINANCEIRO, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO VEICULO OFICIAL DE DIVULGAÇÃO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, O JORNAL FOLHA DE TAMANDARÉ LTDA, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE ASFALTO COMUNITÁRIO QUE TERÁ DENOMINAÇÃO PAC- MAIS ASFALTO - E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PARCELAMENTO DOS REPASSES DA CONTRIBUIÇÃO PATRONAL PARA O INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ -  IPMAT, RELATIVA AOS MESES DE JULHO A DEZEMBRO DE 2013, E DA OUTRAS PROVIDENCIAS   </t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O REPARCELAMENTO DOS DÉBITOS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PARA COM O INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ- IPMAT, DE QUE TRATA A LEI MUNICIPAL N°1645/2012, E DA OUTRAS PROVIDENCIAS  </t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO ENCAMINHAR A PROTESTO EXTRAJUDICIAL OS CRÉDITOS DA FAZENDA MUNICIPAL, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIÁRIO OFICIAL DOS MUNICÍPIOS DO PARANÁ COMO VEÍCULO OFICIAL DE COMUNICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DE MUNICÍPIO DE ALMIRANTE TAMANDARÉ, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/805/805_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS SECRETÁRIOS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ PARA OS EXERCÍCIOS DE 2013 A 2016 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DA DENOMINAÇAO DE LOGRADOURO PUBLICO QUE ESPECIFICA"_x000D_
 RUA ADIRCE DO ROCIO VAZ DA MOTA.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DSENOMINAÇÃO DELOGRADOURO PUBLICO QUE ESPECIFICA"_x000D_
 RUA LUIZ MELONI.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DSENOMINAÇÃO DELOGRADOURO PUBLICO QUE ESPECIFICA"_x000D_
 RUA PEDRO DE OLIVEIRA LIMA</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DSENOMINAÇÃO DELOGRADOURO PUBLICO QUE ESPECIFICA"_x000D_
 RUA LUIZ CAVALLI E MARGARIDA CAVALLI</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE PRÓPRIO PÚBLICO QUE ESPECIFICA, POSTO 24H DR. ALLAN DE QUEIRÓS.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/817/817_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA DENOMINAÇÃO DE LOGRADOURO PUBLICO QUE ESPECIFICA TRAVESSA ROSEMANN </t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>Tiriva</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/900/900_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA SEZINANDO DE LARA VAZ_x000D_
 </t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/752/752_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA ZEZEFREDO SCHOLOCHASKI</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/753/753_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO NO FORNECIMENTO DA MERENDA ESCOLAR UM PERCENTUAL DE NO MINIMO 30% DE ALIMENTO DE O</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/779/779_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA JAIRO ANTUNES CARDOSO, JARDIM MARINONE.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/778/778_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A CRIAÇÃO DOS JOGOS MIRIM NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA "ADOTE UMA PRAÇA" NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ - PR E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/901/901_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA GABRIEL DAMAS DE ALMEIDA_x000D_
 </t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/902/902_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA CLEBER OCCHI DA SILVA_x000D_
 </t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/777/777_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLITICA MUNICIPAL DE PREVENÇÃO A DOENÇAS OCUPACIONAIS DO EDUCADOR DA REDE PÚBLICA DE ENSINO.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DSENOMINAÇÃO DELOGRADOURO PUBLICO QUE ESPECIFICA"_x000D_
 TRAVESSA NEWTON TEIXEIRA DE FARIAS</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA MANOEL VAZ DE LARA.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA OSVALDO BANAK</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>Zé Bico Perussi</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/810/810_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA MIGUEL MENDES_x000D_
 </t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/811/811_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INSTITUI E DEFINE AS CORES OFICIAIS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ, A SEREM UTILIZADAS EM PLACAS, PEÇAS PUBLICITÁRIAS, UNIFORMES, IDENTIFICAÇÃO DE BENS IMÓVEIS E MÓVEIS DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/775/775_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 1º DA LEI Nº. 1679/2013, RUA JAIRO ANTUNES CARDOSO.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/875/875_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ART 1° DA LEI N° 1697/2013,DE 10 DE JUNHO 2013"</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"; RUA RONALDO DA SILVA MACIEL, RUA SILVIO ANTÔNIO BUZATO, RUA ERNESTINA PEREIRA DA SILVA;_x000D_
 </t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA JUVENTUDE E A SEMANA MUNICIPAL DA JUVENTUDE, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/812/812_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES DO JARDIM MARROCOS E DO JARDIM SÃO CAETANO AMASC, DE ALMIRANTE TAMANDARÉ, ESTADO DO PARANÁ&amp;#8221;.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/773/773_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA JOÃO MARIA DE PAULA FREITAS.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL Nº 413/95, DE 18 DE DEZEMBRO DE 1995.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/772/772_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA A ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO EVANGÉLICA CRISTO REDENTOR AECRI.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO "RUA VEREADOR ARZEMIR FRANCISCO GULIN"</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA GREGÓRIO SCHLICHTING_x000D_
 </t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA" RUA VEREADOR VICENTE ROMANO LOVATO_x000D_
 </t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO " RUA DONA ADAYR DE LARA BINI"</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA_x000D_
 TRAVESSA JOÃO MARIA PEREIRA; TRAVESSA KAUANI FERREIRA PONTES; TRAVESSA SERVINO MOURA; TRAVESSA DINA BATISTA MOURA_x000D_
 </t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO A PRÓPRIO PÚBLICO QUE ESPECIFICA"	RESIDENCIAL VEREADOR NENINHO SIQUEIRA_x000D_
 </t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	TRAVESSA FRANCISCA ROSA DE CRISTO_x000D_
 </t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/897/897_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/897/897_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA ROSA BRANCA_x000D_
 </t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DECLARA DE ENTIDADE DE UTILIDADE PÚBLICA A  FUNDAÇÃO DO ASSEIO E CONSERVAÇÃO DO ESTADO PARANÁ"</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/771/771_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 1º. DA LEI Nº. 1698/2013 DA RUA MANOEL VAZ DE LARA.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/770/770_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 1º DA LEI Nº. 597/1998 DA RUA MIGUEL PUPPIA.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/769/769_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 1º. DA LEI Nº. 783/2000 DA RUA ADOLFO INACIO DE FARIA.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/768/768_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 1º. DA LAI Nº. 1170/2006 RUA LINDOLPHO MONTEIRO.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/767/767_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PREMIO SERVIDOR PÚBLICO CIDADÃO.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI O &amp;#8220;DIA DO OUTUBRO ROSA&amp;#8221;, NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ &amp;#8211; PR"</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/766/766_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A APLICAÇÃO DE MULTA AO CIDADÃO FLAGRADO JOGANDO LIXO EM LOGRADOURO PÚBLICO FORA DO RECIPIENTE.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/765/765_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA ADOLPHO PERUSSI, JARDIM MARMELEIRO.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/764/764_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA LINDOLFO DE FREITAS</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/813/813_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA NÉZINHO CORDEIRO_x000D_
 </t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.doc</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	TV. LUIZ CARLOS PACHECO_x000D_
 </t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/763/763_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA ADINEY ESTEVÃO DA CRUZ</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/762/762_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA ANTONIO DE OLIVEIRA</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/761/761_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA FRANCISCO XAVIER DE CRISTO</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/760/760_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA GERALDO BARTAPELI</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DÁ DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE ESPECIFICA"	RUA IVO STIVAL_x000D_
 </t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/759/759_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA IZALTINO MEIRA DA CRUZ</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/758/758_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ART 1º DA LEI Nº. 1624/2012 DA RUA JOSÉ DIAS DA ROSA</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/757/757_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA JOSÉ OTKA</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/756/756_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA JOSÉ SPRADA</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA O ART. 2º, &amp;#8220;CAPUT&amp;#8221;, DA RESOLUÇÃO Nº007/2007&amp;#8221;.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4861,67 +4861,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/292/292_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/454/454_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/437/437_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/624/624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/625/625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/499/499_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/458/458_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/438/438_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/490/490_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/463/463_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/464/464_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/293/293_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/441/441_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/442/442_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/374/374_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/375/375_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/376/376_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/377/377_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/378/378_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/379/379_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/751/751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/672/672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/673/673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/314/314_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/304/304_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/297/297_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/471/471_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/291/291_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/443/443_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/674/674_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/315/315_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/305/305_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/316/316_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/380/380_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1054/1054_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1055/1055_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/290/290_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/381/381_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/306/306_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/317/317_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/307/307_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/318/318_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/491/491_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/382/382_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/383/383_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/384/384_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/385/385_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1056/1056_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1067/1067_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/675/675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/389/389_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/390/390_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1070/1070_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1073/1073_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/676/676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/677/677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/492/492_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/444/444_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/474/474_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/445/445_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/475/475_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/493/493_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/494/494_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/364/364_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/391/391_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/392/392_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/393/393_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/394/394_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1076/1076_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1079/1079_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1081/1081_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1083/1083_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/678/678_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/386/386_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/477/477_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/446/446_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1087/1087_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1090/1090_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/395/395_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/396/396_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/313/313_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/495/495_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/478/478_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/479/479_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/397/397_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/398/398_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/399/399_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/496/496_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/400/400_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/401/401_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1057/1057_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1058/1058_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/402/402_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/679/679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/387/387_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/358/358_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/359/359_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/360/360_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/403/403_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/680/680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/362/362_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/365/365_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/404/404_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/405/405_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/406/406_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/585/585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/587/587_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/681/681_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/588/588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/589/589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/366/366_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/367/367_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/629/629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/630/630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/631/631_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/368/368_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/369/369_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/370/370_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/371/371_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/372/372_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/298/298_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/373/373_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1059/1059_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1060/1060_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/682/682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1065/1065_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1068/1068_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1071/1071_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1074/1074_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1077/1077_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/341/341_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/344/344_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/345/345_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/346/346_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/347/347_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/299/299_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/310/310_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1080/1080_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1082/1082_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/289/289_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1085/1085_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/348/348_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/349/349_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/351/351_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/301/301_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/312/312_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1088/1088_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/632/632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/591/591_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/288/288_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/593/593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1091/1091_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/302/302_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/352/352_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/353/353_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/354/354_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/683/683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/684/684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/594/594_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/596/596_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/497/497_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/435/435_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/287/287_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/597/597_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/598/598_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/600/600_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/601/601_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/602/602_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/603/603_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1061/1061_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1062/1062_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1063/1063_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1064/1064_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1066/1066_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1069/1069_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1072/1072_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/685/685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1075/1075_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1078/1078_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1084/1084_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/355/355_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/356/356_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/686/686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/357/357_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/687/687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1086/1086_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1089/1089_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1092/1092_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/633/633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/498/498_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/610/610_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/611/611_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/612/612_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1093/1093_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1094/1094_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1095/1095_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/436/436_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/688/688_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/634/634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/635/635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1113/1113_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/292/292_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/454/454_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/437/437_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/624/624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/625/625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/499/499_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/458/458_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/438/438_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/490/490_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/463/463_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/464/464_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/293/293_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/465/465_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/253/253_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/254/254_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/257/257_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/467/467_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/468/468_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/441/441_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/469/469_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/442/442_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/374/374_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/375/375_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/376/376_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/377/377_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/378/378_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/379/379_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/751/751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/672/672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/673/673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/314/314_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/304/304_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/297/297_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/471/471_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/291/291_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/443/443_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/674/674_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/315/315_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/305/305_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/316/316_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/822/822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/380/380_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1054/1054_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1055/1055_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/290/290_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/381/381_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/306/306_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/317/317_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/307/307_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/318/318_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/491/491_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/382/382_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/383/383_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/384/384_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/385/385_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1056/1056_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1067/1067_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/675/675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/389/389_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/390/390_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1070/1070_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1073/1073_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/676/676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/677/677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/492/492_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/444/444_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/474/474_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/445/445_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/475/475_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/493/493_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/494/494_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/364/364_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/391/391_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/392/392_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/393/393_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/394/394_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1076/1076_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1079/1079_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1081/1081_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1083/1083_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/678/678_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/386/386_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/477/477_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/446/446_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1087/1087_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1090/1090_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/395/395_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/396/396_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/313/313_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/495/495_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/478/478_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/479/479_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/397/397_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/398/398_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/399/399_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/496/496_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/400/400_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/401/401_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1057/1057_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1058/1058_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/402/402_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/679/679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/387/387_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/358/358_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/359/359_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/360/360_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/403/403_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/680/680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/362/362_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/365/365_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/404/404_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/405/405_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/406/406_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/585/585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/587/587_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/681/681_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/588/588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/589/589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/366/366_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/367/367_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/629/629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/630/630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/631/631_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/368/368_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/369/369_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/370/370_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/371/371_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/372/372_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/298/298_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/373/373_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1059/1059_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1060/1060_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/682/682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1065/1065_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1068/1068_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1071/1071_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1074/1074_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1077/1077_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/341/341_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/344/344_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/345/345_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/346/346_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/347/347_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/299/299_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/310/310_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1080/1080_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1082/1082_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/289/289_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1085/1085_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/348/348_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/349/349_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/351/351_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/301/301_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/312/312_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1088/1088_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/632/632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/591/591_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/868/868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/288/288_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/593/593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1091/1091_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/302/302_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/352/352_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/353/353_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/354/354_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/683/683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/684/684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/594/594_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/596/596_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/497/497_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/435/435_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/287/287_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/597/597_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/598/598_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/600/600_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/601/601_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/602/602_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/603/603_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1061/1061_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1062/1062_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1063/1063_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1064/1064_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1066/1066_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1069/1069_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1072/1072_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/685/685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1075/1075_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1078/1078_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/867/867_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1084/1084_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/355/355_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/356/356_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/686/686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/357/357_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/687/687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1086/1086_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1089/1089_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1112/1112_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1092/1092_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/633/633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/498/498_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/610/610_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/611/611_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/612/612_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1093/1093_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1094/1094_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1095/1095_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/436/436_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/688/688_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/634/634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/635/635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1113/1113_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/891/891_texto_integral.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2013/836/836_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H435"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="239.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>