--- v0 (2026-01-14)
+++ v1 (2026-03-08)
@@ -51,326 +51,326 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/620/620_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº006/2006,  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/621/621_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DEFINE COMO ZEIS- ZONA ESPECIAL DE INTERESSE SOCIAL,ÁREA QUE ESPECIFICA, ACRESCENTA DISPOSITIVO NA LEI COMPLEMENTAR Nº002/2006, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/604/604_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS 2012 E  DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/613/613_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS NA LEI Nº 1490/2009, DE 14 DE DEZEMBRO DE 2009, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/614/614_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/618/618_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL, A CEDER ÁREA DE TERRENO QUE ESPECIFICA, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/619/619_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/582/582_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA E ACRESCE DISPOSITIVOS NA  LEI Nº 891/2002 QUE INSTITUI O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DE ALMIRANTE TAMANDARÉ E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/583/583_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CELEBRAR CONVENIO COM ENTIDADE ACRIDAS  - ASSOCIAÇÃO CRISTÃ DE ASSISTÊNCIA SOCIAL, E DA OUTRAS PROVIDE3NCIAS</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/584/584_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA DENOMINAÇÃO A PRÓPRIO PUBLICO QUE ESPECIFICA_x000D_
  </t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/586/586_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI Nº1282, DE 25 DE OUTUBRO DE 2007, QUE DISPÕE SOBRE O PROGRAMA PAVIMENTAÇÃO E MELHORAMENTOS URBANOS DE ALMIRANTE TAMANDARÉ - PROPAT, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/590/590_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVENIO COM A ASSOCIAÇÃO HOSPITAL NOSSA SENHORA DAS GRAÇAS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/592/592_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/595/595_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A DOAR ÁREA DE TERRENO QUE ESPECIFICA  PARA O INSTITUTO NACIONAL DO SEGURO SOCIAL- INSS,  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/599/599_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO DOS REPASSES DA CONTRIBUIÇÃO PATRONAL PARA O INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALMIRANTE TAMANDARÉ -  IPMAT, RELATIVA AOS MESES DE AGOSTO A DEZEMBRO DE 2012, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Osvaldo Stival</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/690/690_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DA FAMÍLIA NA ESCOLA.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/697/697_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA OZORIO PERUSSI.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/691/691_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PUBLICO RUA PEDRO JORGE KOTOVISKI.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/692/692_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SUBSIDIO DO PREFEITO E VICE-PREFEITO.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/689/689_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESTABELECE O NOME DA RUA CONSTÂNCIA WOLF.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/693/693_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA ENTIDADE DE UTILIDADE PÚBLICA A ENTIDADE INTEGRARE SOCIALIS._x000D_
 </t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/694/694_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CÂMARA MIRIM NO MUNICÍPIO DE ALMIRANTE TAMANDARÉ.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/798/798_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES PARA A LEGISLATURA 2013 A 2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -677,68 +677,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/798/798_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2012/798/798_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="221.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>