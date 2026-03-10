--- v0 (2026-01-12)
+++ v1 (2026-03-10)
@@ -54,604 +54,604 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Osvaldo Stival</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/660/660_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/660/660_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPAROS NO ASFALTO DA RUA JOSÉ REAL PRADO,JARDIM CAMPO VERDE.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/661/661_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/661/661_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇADA E LIMPEZA NOS BUEIROS DAS ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/662/662_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/662/662_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS NA RUA ANTONIO EDUARDO TREVISAN (ESTRADA DO MARMELEIRO) E RUA JORGE KOTOVIKI,BAIRRO BOTIATUBA.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/663/663_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/663/663_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REESTRUTURAÇÃO DA ANTIGA ESCOLA DO BOTIATUBA,TRANSFORMANDO-A EM UMA CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/665/665_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/665/665_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RESTAURAÇÃO DO ASFALTO DA RUA PROF ALBERTO KLAUSE, PASSANDO PELA RUA ELIZIO F. NASCIMENTO E RUA RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/664/664_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/664/664_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA JOSÉ REAL PRADO EM FRENTE AO Nº. 1620,CAMPO VERDE.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/666/666_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/666/666_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA REPAROS NO ASFALTO DA RUA PROF ANTONIO RODRIGUES DIAS, ANTONIO EDUARDO TREVISAN E _x000D_
 RUA PEDRO JORGE KOTOVISKI.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/667/667_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/667/667_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA RESTAURADA A RUA PROFESSOR ANTONIO RODRIGUES DIAS NO BAIRRO BONFIM,E REALIZAR UM OPERAÇÃO TAPA BURACOS, PARA CONCLUIR OS TRABALHOS INICIADOS NAS RUAS ANTONIO EDUARDO TREVISAN BAIRRO MARMELEIRO E PEDRO JORGE KOTOVISKI BAIRRO BOTIATUBA. </t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/668/668_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/668/668_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE A URBS E EMPRESA DE ÔNIBUS DISPONIBILIZE MAIS HORÁRIOS NA LINHA CURITIBA/MARROCOS</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/669/669_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/669/669_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA ALTERAÇÃO NO PROJETO DE LEI COMPLEMENTAR Nº. 004/2011.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/670/670_texto_integral.jpeg</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/670/670_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDA A RESTAURAÇÃO DA PRAÇA E CANCHA DE AREIA DO JARDIM SUÉCIA.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1700/decreto_legislativo_001.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1700/decreto_legislativo_001.2011.pdf</t>
   </si>
   <si>
     <t>"Estabelece número de cadeiras para o Legislativo Municipal do Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Aldnei Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1701/decreto_legislativo_003.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1701/decreto_legislativo_003.2011.pdf</t>
   </si>
   <si>
     <t>"Outorga ao Ilustríssimo Senhor Pastor Carlos Marchioro o título de Cidadão Honorário de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1564/projeto_de_lei_no_007-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1564/projeto_de_lei_no_007-2011.pdf</t>
   </si>
   <si>
     <t>"Institui o projeto resgatando a historia dos Bairros, no Município de Almirante Tamandaré e dá outras providências"_x000D_
 Cria Lei Nº 1576/2011</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Marcelo Bini</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1559/projeto_de_lei_no_001-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1559/projeto_de_lei_no_001-2011.pdf</t>
   </si>
   <si>
     <t>"Acrescenta parágrafo único ao art. 1, da lei  972/2003 de 04/06/2003</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1560/projeto_de_lei_no_002-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1560/projeto_de_lei_no_002-2011.pdf</t>
   </si>
   <si>
     <t>"Estabelece normas de reciclagem de entulhos de construção civil do Município de Almirante Tamandaré e das outras providências"</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1561/projeto_de_lei_no_003-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1561/projeto_de_lei_no_003-2011.pdf</t>
   </si>
   <si>
     <t>"Institui, no calendário oficial municipal, o dia da paz e da conciliação a ser comemorado, no dia 22 de julho e dá outras providências"_x000D_
 Cria Lei 2.247/2021</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1562/projeto_de_lei_no_004-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1562/projeto_de_lei_no_004-2011.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica"_x000D_
 Cria Lei Nº 1571/2011</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1563/projeto_de_lei_no_005-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1563/projeto_de_lei_no_005-2011.pdf</t>
   </si>
   <si>
     <t>"Da denominação de logradouro público que especifica" _x000D_
 Cria Lei Nº 1577/2011</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1565/projeto_de_lei_no_008-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1565/projeto_de_lei_no_008-2011.pdf</t>
   </si>
   <si>
     <t>"Institui o programa interdisciplinar para prevenção e combate ao vandalismo escolar e à violência física e psíquica contra alunos e educadores do município de Almirante Tamandaré"._x000D_
 Cria Lei 1575/2011</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ângelo Prodóscimo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1566/projeto_de_lei_no_009-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1566/projeto_de_lei_no_009-2011.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica"_x000D_
 Cria Lei Nº 1580/2011</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1567/projeto_de_lei_no_010-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1567/projeto_de_lei_no_010-2011.pdf</t>
   </si>
   <si>
     <t>"Dá nova redação ao art. 1°, da Lei 693/1999"</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1568/projeto_de_lei_no_011-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1568/projeto_de_lei_no_011-2011.pdf</t>
   </si>
   <si>
     <t>"Dá nova redação ao art. 1º , da Lei Nº 654/1999, 03/05/1999"_x000D_
  Lei Nº 1581/2011</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1569/projeto_de_lei_no_012-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1569/projeto_de_lei_no_012-2011.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a logradouro público que especifica"_x000D_
 Lei 1587/2011</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1570/projeta_de_lei_no_013-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1570/projeta_de_lei_no_013-2011.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica"_x000D_
 Lei 1588/2011</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1571/projeto_de_lei_no_014-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1571/projeto_de_lei_no_014-2011.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica”_x000D_
 Lei 1589/2011_x000D_
 Autoria Tonhão da Saúde</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1572/projeto_de_lei_no_015-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1572/projeto_de_lei_no_015-2011.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica”_x000D_
 Lei 1590/2011_x000D_
 Autoria Tonhão da saúde</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1573/projeto_de_lei_no_016-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1573/projeto_de_lei_no_016-2011.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica”_x000D_
 Lei 1591/2011_x000D_
 Autoria Tonhão da Saúde</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1574/projeto_de_lei_no_017-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1574/projeto_de_lei_no_017-2011.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica”_x000D_
 Lei 1592/2011_x000D_
 Autoria Tonhão da Saúde</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1575/projeto_de_lei_no_018-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1575/projeto_de_lei_no_018-2011.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a logradouro público que especifica”_x000D_
 Lei 1593/2011_x000D_
 Autoria Tonhão da Saúde</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1576/projeto_de_lei_no_019-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1576/projeto_de_lei_no_019-2011.pdf</t>
   </si>
   <si>
     <t>"Mantém o veto de chefe do Executivo Municipal ao projeto de Lei 19/2011"_x000D_
 Vetado</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1577/projeto_de_lei_no_020-2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1577/projeto_de_lei_no_020-2011.pdf</t>
   </si>
   <si>
     <t>"Declara de identidade de utilidade pública a associação cultural e beneficente Xadai de Almirante Tamandaré"_x000D_
 Lei 1583/2011</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1690/projeto_de_lei_021.2011_-_lei_1586.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1690/projeto_de_lei_021.2011_-_lei_1586.2011.pdf</t>
   </si>
   <si>
     <t>Dá denominação de logradouro público que especifica. (Rua Monte Horeb)</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1691/projeto_de_lei_023.2011_-_lei_1585.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1691/projeto_de_lei_023.2011_-_lei_1585.2011.pdf</t>
   </si>
   <si>
     <t>"DECLARA ENTIDADE DE UTILIDADE PÚBLICA O CFA - SPORTS CENTRO DE FORMAÇÃO DE ATLETAS DE ALMIRANTE TAMANDARÉ" (lei 1.585/2011)</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1692/projeto_de_lei_024.2011_-_lei_1599.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1692/projeto_de_lei_024.2011_-_lei_1599.2011.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica" (Rua Geraldo Ferreira da Cruz)</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1693/projeto_de_lei_025.2011_-_lei_1597.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1693/projeto_de_lei_025.2011_-_lei_1597.2011.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica". (Rua Manoel de França Costa)</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1694/projeto_de_lei_026.2011_-_lei_1598.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1694/projeto_de_lei_026.2011_-_lei_1598.2011.pdf</t>
   </si>
   <si>
     <t>"Torna obrigatório o franqueamento à visitação da cozinha e dependências afins de restaurantes, bares, hotéis e similares aos usuários e dá outras providências".</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1695/projeto_de_lei_027.2011_-_lei_1600.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1695/projeto_de_lei_027.2011_-_lei_1600.2011.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o direito do consumidor de consultar nas farmácias e drogarias o Dicionário de Especialidades Farmacêuticas - DEF, para conhecer o nome genérico dos medicamentos, e dá outras providências".</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/695/695_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA MANOEL DE SOUZA VAZ.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/696/696_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A LOGRADOURO PÚBLICO RUA JACOB ANTONIO BORDGNIÃO.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1696/projeto_de_lei_034.2011_-_lei_1608.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1696/projeto_de_lei_034.2011_-_lei_1608.2011.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de Logradouro público que especifica". (Rua João Maria Borges)</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1697/projeto_de_lei_036.2011_-_lei_1609.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1697/projeto_de_lei_036.2011_-_lei_1609.2011.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica" (Rua GUSTAVO JOSÉ SALDANHA MACHADO NETO)</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1698/projeto_de_lei_038.2011_-_lei_1611.2012.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1698/projeto_de_lei_038.2011_-_lei_1611.2012.pdf</t>
   </si>
   <si>
     <t>"Declara de Entidade de Utilidade Pública a Associação de Proteção a Criança de da Família - APROCRILIA".</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1699/projeto_de_lei_042.2011_-_lei_1610.2012.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1699/projeto_de_lei_042.2011_-_lei_1610.2012.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica". (Rua Paulo Stedile)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -958,67 +958,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/660/660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/661/661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/662/662_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/663/663_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/665/665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/664/664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/666/666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/667/667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/668/668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/669/669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/670/670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1700/decreto_legislativo_001.2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1701/decreto_legislativo_003.2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1564/projeto_de_lei_no_007-2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1559/projeto_de_lei_no_001-2011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1560/projeto_de_lei_no_002-2011.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1561/projeto_de_lei_no_003-2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1562/projeto_de_lei_no_004-2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1563/projeto_de_lei_no_005-2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1565/projeto_de_lei_no_008-2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1566/projeto_de_lei_no_009-2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1567/projeto_de_lei_no_010-2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1568/projeto_de_lei_no_011-2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1569/projeto_de_lei_no_012-2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1570/projeta_de_lei_no_013-2011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1571/projeto_de_lei_no_014-2011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1572/projeto_de_lei_no_015-2011.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1573/projeto_de_lei_no_016-2011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1574/projeto_de_lei_no_017-2011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1575/projeto_de_lei_no_018-2011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1576/projeto_de_lei_no_019-2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1577/projeto_de_lei_no_020-2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1690/projeto_de_lei_021.2011_-_lei_1586.2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1691/projeto_de_lei_023.2011_-_lei_1585.2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1692/projeto_de_lei_024.2011_-_lei_1599.2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1693/projeto_de_lei_025.2011_-_lei_1597.2011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1694/projeto_de_lei_026.2011_-_lei_1598.2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1695/projeto_de_lei_027.2011_-_lei_1600.2011.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1696/projeto_de_lei_034.2011_-_lei_1608.2011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1697/projeto_de_lei_036.2011_-_lei_1609.2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1698/projeto_de_lei_038.2011_-_lei_1611.2012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1699/projeto_de_lei_042.2011_-_lei_1610.2012.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/660/660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/661/661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/662/662_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/663/663_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/665/665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/664/664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/666/666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/667/667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/668/668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/669/669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/670/670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1700/decreto_legislativo_001.2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1701/decreto_legislativo_003.2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1564/projeto_de_lei_no_007-2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1559/projeto_de_lei_no_001-2011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1560/projeto_de_lei_no_002-2011.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1561/projeto_de_lei_no_003-2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1562/projeto_de_lei_no_004-2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1563/projeto_de_lei_no_005-2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1565/projeto_de_lei_no_008-2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1566/projeto_de_lei_no_009-2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1567/projeto_de_lei_no_010-2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1568/projeto_de_lei_no_011-2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1569/projeto_de_lei_no_012-2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1570/projeta_de_lei_no_013-2011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1571/projeto_de_lei_no_014-2011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1572/projeto_de_lei_no_015-2011.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1573/projeto_de_lei_no_016-2011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1574/projeto_de_lei_no_017-2011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1575/projeto_de_lei_no_018-2011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1576/projeto_de_lei_no_019-2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1577/projeto_de_lei_no_020-2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1690/projeto_de_lei_021.2011_-_lei_1586.2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1691/projeto_de_lei_023.2011_-_lei_1585.2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1692/projeto_de_lei_024.2011_-_lei_1599.2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1693/projeto_de_lei_025.2011_-_lei_1597.2011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1694/projeto_de_lei_026.2011_-_lei_1598.2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1695/projeto_de_lei_027.2011_-_lei_1600.2011.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2011/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1696/projeto_de_lei_034.2011_-_lei_1608.2011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1697/projeto_de_lei_036.2011_-_lei_1609.2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1698/projeto_de_lei_038.2011_-_lei_1611.2012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2011/1699/projeto_de_lei_042.2011_-_lei_1610.2012.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>