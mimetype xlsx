--- v0 (2026-01-12)
+++ v1 (2026-03-08)
@@ -51,537 +51,537 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2010/3/3_texto_integral.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2010/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, SEJA FEITO A RECUPERAÇÃO DA ENTRADA DO COLÉGIO AMBROSIO BINI.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1725/decreto_legislativo_001.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1725/decreto_legislativo_001.2010.pdf</t>
   </si>
   <si>
     <t>"Aprovação da Prestação de Contas do Poder Executivo do Município de Almirante Tamandaré, relativamente ao exercício de 2008"</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>MESA</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1726/decreto_legislativo_003.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1726/decreto_legislativo_003.2010.pdf</t>
   </si>
   <si>
     <t>"Autorização para o Prefeito ausentar-se em viagem para o exterior"</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1727/decreto_legislativo_004.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1727/decreto_legislativo_004.2010.pdf</t>
   </si>
   <si>
     <t>"Mantém o veto do Chefe do Executivo Municipal ao Projeto de Lei nº. 033/2010"</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>Vilson Rogério Goinski</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1709/projeto_de_lei_complementar_ex._001.2010_-_lei_015.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1709/projeto_de_lei_complementar_ex._001.2010_-_lei_015.2010.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Complementar nº 006/2006, e dá outras providências"</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1710/projeto_de_lei_complementar_ex._002.2010_-_lei_016.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1710/projeto_de_lei_complementar_ex._002.2010_-_lei_016.2010.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo do Anexo I, da Lei Complementar nº 14/2009, e dá outras providências."</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1707/projeto_de_lei_ex._001.2010_-_lei_1496.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1707/projeto_de_lei_ex._001.2010_-_lei_1496.2010.pdf</t>
   </si>
   <si>
     <t>"Altera a tabela A, do Anexo II, da Lei nº 1384/2008, de 28 de novembro de 2008 e dá outras providências"</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1708/projeto_de_lei_ex._002.2010_-_lei_1499.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1708/projeto_de_lei_ex._002.2010_-_lei_1499.2010.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Créditos Adicionais Especiais e dá outras providências."</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1711/projeto_de_lei_lg._001.2010_-_lei_1497.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1711/projeto_de_lei_lg._001.2010_-_lei_1497.2010.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a preservação do Patrimônio Natural e Cultural do Município de Almirante Tamandaré, cria o Conselho Municipal do Patrimônio Histórico, Artístico, Natural e Cultural e institui o Fundo Municipal de Proteção do Patrimônio Cultural"</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>Osvaldo Stival</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação dos Jogos Mirins Municipais das Escolas da Rede Municipal de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1713/projeto_de_lei_lg._003.2010_-_lei_1498.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1713/projeto_de_lei_lg._003.2010_-_lei_1498.2010.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade da inclusão na grade curricular das escolas municipais a "História de Almirante Tamandaré e Região", e dá outras providências."</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1714/projeto_de_lei_lg._004.2005_-_vetado.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1714/projeto_de_lei_lg._004.2005_-_vetado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a aplicação de penalidades à prática de assédio moral nas dependências da Administração Pública Municipal Direta, Indireta por servidores públicos municipais (concursados e comissionados" (VETADO)</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Aldnei Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1715/projeto_de_lei_lg._012.2010_-_lei_1504.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1715/projeto_de_lei_lg._012.2010_-_lei_1504.2010.pdf</t>
   </si>
   <si>
     <t>"Declara Entidade de Utilidade Pública o Clube de Mães Fenix do Jardim São Francisco"</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Tonhão da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1716/projeto_de_lei_lg._014.2010_-_lei_1503.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1716/projeto_de_lei_lg._014.2010_-_lei_1503.2010.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de logradouro público que especifica"</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Walter Purkote</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1717/projeto_de_lei_lg._015.2010_-_lei_1514.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1717/projeto_de_lei_lg._015.2010_-_lei_1514.2010.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de Logradouro Público que especifica"</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1718/projeto_de_lei_lg._016.2010_-_lei_1508.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1718/projeto_de_lei_lg._016.2010_-_lei_1508.2010.pdf</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1720/projeto_de_lei_lg._019.2010_-_lei_1512.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1720/projeto_de_lei_lg._019.2010_-_lei_1512.2010.pdf</t>
   </si>
   <si>
     <t>"Declara Entidade de Utilidade Pública a Associação de Pais, Mestres e Funcionários da Escola Municipal Professora Clara Anadir Buzato"</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1721/projeto_de_lei_lg._020.2010_-_lei_1515.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1721/projeto_de_lei_lg._020.2010_-_lei_1515.2010.pdf</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1722/projeto_de_lei_lg._021.2010_-_lei_1513.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1722/projeto_de_lei_lg._021.2010_-_lei_1513.2010.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre os serviços de transporte de pequenas cargas, mediante a utilização de motocicletas, motonetas ou triciclos motorizados, denominado moto-frete, e dá outras providências"</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1730/projeto_de_lei_lg._024.2010_-_lei_1521.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1730/projeto_de_lei_lg._024.2010_-_lei_1521.2010.pdf</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1731/projeto_de_lei_lg._025.2010_-_lei_1522.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1731/projeto_de_lei_lg._025.2010_-_lei_1522.2010.pdf</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Marcelo Bini</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1732/projeto_de_lei_lg._026.2010_-_lei_1523.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1732/projeto_de_lei_lg._026.2010_-_lei_1523.2010.pdf</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Leonel Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1733/projeto_de_lei_lg._027.2010_-_lei_1524.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1733/projeto_de_lei_lg._027.2010_-_lei_1524.2010.pdf</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1734/projeto_de_lei_lg._028.2010_-_lei_1525.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1734/projeto_de_lei_lg._028.2010_-_lei_1525.2010.pdf</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1735/projeto_de_lei_lg._029.2010_-_lei_1526.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1735/projeto_de_lei_lg._029.2010_-_lei_1526.2010.pdf</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1736/projeto_de_lei_lg._030.2010_-_lei_1527.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1736/projeto_de_lei_lg._030.2010_-_lei_1527.2010.pdf</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1737/projeto_de_lei_lg._031.2010_-_lei_1530.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1737/projeto_de_lei_lg._031.2010_-_lei_1530.2010.pdf</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Plenário</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1738/projeto_de_lei_lg._032.2010_-_lei_1535.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1738/projeto_de_lei_lg._032.2010_-_lei_1535.2010.pdf</t>
   </si>
   <si>
     <t>"Institui o atendimento reservado para clientes das agências bancárias e postos de atendimento do Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1739/projeto_de_lei_lg._033.2010_-_vetado.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1739/projeto_de_lei_lg._033.2010_-_vetado.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de Logradouro Público que especifica" (VETADO)</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1702/projeto_de_lei_035.2010_-_lei_1539.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1702/projeto_de_lei_035.2010_-_lei_1539.2010.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de Logradouro Público que especifica" (Rua Iraydes da Cruz Guimarães)</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1740/projeto_de_lei_lg._036.2010_-_lei_1538.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1740/projeto_de_lei_lg._036.2010_-_lei_1538.2010.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a árvore símbolo do Município de Almirante Tamandaré"</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1741/projeto_de_lei_lg._037.2010_-_lei_1540.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1741/projeto_de_lei_lg._037.2010_-_lei_1540.2010.pdf</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1703/projeto_de_lei_lg._039.2010_-_lei_1547.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1703/projeto_de_lei_lg._039.2010_-_lei_1547.2010.pdf</t>
   </si>
   <si>
     <t>"Estabelece normas para a declaração de utilidade pública de entidades sem fins lucrativos e da outras providência" (Lei 1.547/2010)</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1704/projeto_de_lei_lg._040.2010_-_lei_1548.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1704/projeto_de_lei_lg._040.2010_-_lei_1548.2010.pdf</t>
   </si>
   <si>
     <t>"Institui a obrigatoriedade da realização de cursos de primeiros socorros a todos os funcionários dos Centros de Educação Infantil instalados no Município de Almirante Tamandaré e dá outras providências" (Lei 1.548/2010)</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1742/projeto_de_lei_lg._041.2010_-_lei_1549.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1742/projeto_de_lei_lg._041.2010_-_lei_1549.2010.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição, no Município de Almirante Tamandaré, da utilização de capacete pelo condutor e pelo passageiro de motocicletas, ou qualquer outra cobertura que oculte a face, quando do ingresso e permanência nos estabelecimentos públicos e privados, e dá outras providências."</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Ângelo Prodóscimo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1705/projeto_de_lei_lg._042.2010_-_lei_1550.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1705/projeto_de_lei_lg._042.2010_-_lei_1550.2010.pdf</t>
   </si>
   <si>
     <t>"Dá denominação de Logradouro Público que especifica" (Rua Altina Correia Martins)</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1706/projeto_de_lei_lg._043.2010_-_lei_1554.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1706/projeto_de_lei_lg._043.2010_-_lei_1554.2010.pdf</t>
   </si>
   <si>
     <t>"Proíbe a utilização de telefone celular ou equipamento similar no interior dos estabelecimentos bancários e instituições assemelhadas, e dá outras providências"</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1743/projeto_de_lei_lg._045.2010_-_lei_1553.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1743/projeto_de_lei_lg._045.2010_-_lei_1553.2010.pdf</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1744/projeto_de_lei_lg._047.2010_-_lei_1557.2011.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1744/projeto_de_lei_lg._047.2010_-_lei_1557.2011.pdf</t>
   </si>
   <si>
     <t>"Torna obrigatória a fixação da lista de medicamentos disponíveis Pública Municipal, em consultórios Médicos das Unidades de Saúde do Município, consultórios e particulares."</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1723/projeto_de_lei_lg._049.2010_-_lei_1502.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1723/projeto_de_lei_lg._049.2010_-_lei_1502.2010.pdf</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1724/projeto_de_lei_lg._050.2010_-_lei_1501.2010.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1724/projeto_de_lei_lg._050.2010_-_lei_1501.2010.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -885,67 +885,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2010/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1725/decreto_legislativo_001.2010.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1726/decreto_legislativo_003.2010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1727/decreto_legislativo_004.2010.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1709/projeto_de_lei_complementar_ex._001.2010_-_lei_015.2010.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1710/projeto_de_lei_complementar_ex._002.2010_-_lei_016.2010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1707/projeto_de_lei_ex._001.2010_-_lei_1496.2010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1708/projeto_de_lei_ex._002.2010_-_lei_1499.2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1711/projeto_de_lei_lg._001.2010_-_lei_1497.2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1713/projeto_de_lei_lg._003.2010_-_lei_1498.2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1714/projeto_de_lei_lg._004.2005_-_vetado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1715/projeto_de_lei_lg._012.2010_-_lei_1504.2010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1716/projeto_de_lei_lg._014.2010_-_lei_1503.2010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1717/projeto_de_lei_lg._015.2010_-_lei_1514.2010.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1718/projeto_de_lei_lg._016.2010_-_lei_1508.2010.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1720/projeto_de_lei_lg._019.2010_-_lei_1512.2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1721/projeto_de_lei_lg._020.2010_-_lei_1515.2010.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1722/projeto_de_lei_lg._021.2010_-_lei_1513.2010.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1730/projeto_de_lei_lg._024.2010_-_lei_1521.2010.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1731/projeto_de_lei_lg._025.2010_-_lei_1522.2010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1732/projeto_de_lei_lg._026.2010_-_lei_1523.2010.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1733/projeto_de_lei_lg._027.2010_-_lei_1524.2010.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1734/projeto_de_lei_lg._028.2010_-_lei_1525.2010.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1735/projeto_de_lei_lg._029.2010_-_lei_1526.2010.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1736/projeto_de_lei_lg._030.2010_-_lei_1527.2010.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1737/projeto_de_lei_lg._031.2010_-_lei_1530.2010.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1738/projeto_de_lei_lg._032.2010_-_lei_1535.2010.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1739/projeto_de_lei_lg._033.2010_-_vetado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1702/projeto_de_lei_035.2010_-_lei_1539.2010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1740/projeto_de_lei_lg._036.2010_-_lei_1538.2010.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1741/projeto_de_lei_lg._037.2010_-_lei_1540.2010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1703/projeto_de_lei_lg._039.2010_-_lei_1547.2010.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1704/projeto_de_lei_lg._040.2010_-_lei_1548.2010.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1742/projeto_de_lei_lg._041.2010_-_lei_1549.2010.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1705/projeto_de_lei_lg._042.2010_-_lei_1550.2010.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1706/projeto_de_lei_lg._043.2010_-_lei_1554.2010.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1743/projeto_de_lei_lg._045.2010_-_lei_1553.2010.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1744/projeto_de_lei_lg._047.2010_-_lei_1557.2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1723/projeto_de_lei_lg._049.2010_-_lei_1502.2010.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1724/projeto_de_lei_lg._050.2010_-_lei_1501.2010.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/./sapl/public/materialegislativa/2010/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1725/decreto_legislativo_001.2010.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1726/decreto_legislativo_003.2010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1727/decreto_legislativo_004.2010.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1709/projeto_de_lei_complementar_ex._001.2010_-_lei_015.2010.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1710/projeto_de_lei_complementar_ex._002.2010_-_lei_016.2010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1707/projeto_de_lei_ex._001.2010_-_lei_1496.2010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1708/projeto_de_lei_ex._002.2010_-_lei_1499.2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1711/projeto_de_lei_lg._001.2010_-_lei_1497.2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1713/projeto_de_lei_lg._003.2010_-_lei_1498.2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1714/projeto_de_lei_lg._004.2005_-_vetado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1715/projeto_de_lei_lg._012.2010_-_lei_1504.2010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1716/projeto_de_lei_lg._014.2010_-_lei_1503.2010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1717/projeto_de_lei_lg._015.2010_-_lei_1514.2010.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1718/projeto_de_lei_lg._016.2010_-_lei_1508.2010.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1720/projeto_de_lei_lg._019.2010_-_lei_1512.2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1721/projeto_de_lei_lg._020.2010_-_lei_1515.2010.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1722/projeto_de_lei_lg._021.2010_-_lei_1513.2010.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1730/projeto_de_lei_lg._024.2010_-_lei_1521.2010.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1731/projeto_de_lei_lg._025.2010_-_lei_1522.2010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1732/projeto_de_lei_lg._026.2010_-_lei_1523.2010.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1733/projeto_de_lei_lg._027.2010_-_lei_1524.2010.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1734/projeto_de_lei_lg._028.2010_-_lei_1525.2010.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1735/projeto_de_lei_lg._029.2010_-_lei_1526.2010.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1736/projeto_de_lei_lg._030.2010_-_lei_1527.2010.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1737/projeto_de_lei_lg._031.2010_-_lei_1530.2010.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1738/projeto_de_lei_lg._032.2010_-_lei_1535.2010.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1739/projeto_de_lei_lg._033.2010_-_vetado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1702/projeto_de_lei_035.2010_-_lei_1539.2010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1740/projeto_de_lei_lg._036.2010_-_lei_1538.2010.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1741/projeto_de_lei_lg._037.2010_-_lei_1540.2010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1703/projeto_de_lei_lg._039.2010_-_lei_1547.2010.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1704/projeto_de_lei_lg._040.2010_-_lei_1548.2010.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1742/projeto_de_lei_lg._041.2010_-_lei_1549.2010.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1705/projeto_de_lei_lg._042.2010_-_lei_1550.2010.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1706/projeto_de_lei_lg._043.2010_-_lei_1554.2010.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1743/projeto_de_lei_lg._045.2010_-_lei_1553.2010.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1744/projeto_de_lei_lg._047.2010_-_lei_1557.2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1723/projeto_de_lei_lg._049.2010_-_lei_1502.2010.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2010/1724/projeto_de_lei_lg._050.2010_-_lei_1501.2010.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="139.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="138.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>