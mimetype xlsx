--- v0 (2026-01-13)
+++ v1 (2026-03-08)
@@ -51,1119 +51,1119 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1760/decreto_legislativo_004.2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1760/decreto_legislativo_004.2009.pdf</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1783/ploe_006-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1783/ploe_006-2009.pdf</t>
   </si>
   <si>
     <t>.Manutenção de veto do Chefe do Executivo Municipal aos PL nº 21,22 e 23.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1784/decreto_legislativo_007.2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1784/decreto_legislativo_007.2009.pdf</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1817/ploe_001-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1817/ploe_001-2009.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos do Anexo I da Lei 1.025/2004.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1820/ploe_005-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1820/ploe_005-2009.pdf</t>
   </si>
   <si>
     <t>Abertura de Créditos Adicionais Especiais.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1821/ploe_006-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1821/ploe_006-2009.pdf</t>
   </si>
   <si>
     <t>Repasse de contribuições para a Associação de Proteção à Maternidade e Infância de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1822/ploe_007-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1822/ploe_007-2009.pdf</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1823/ploe_008-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1823/ploe_008-2009.pdf</t>
   </si>
   <si>
     <t>Termo de Cessão de Uso.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1824/ploe_009-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1824/ploe_009-2009.pdf</t>
   </si>
   <si>
     <t>Termo de Cooperação com o Instituto Paranaense de Assistência Técnica e Extensão Rural - Instituto EMATER.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1825/ploe_012-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1825/ploe_012-2009.pdf</t>
   </si>
   <si>
     <t>Criação de cargos de provimento em comissão.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1796/ploe_013-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1796/ploe_013-2009.pdf</t>
   </si>
   <si>
     <t>Autorização para o Executivo Municipal utilizar o sistema de Registro de Preços do Governo Estadual.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1826/ploe_014-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1826/ploe_014-2009.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal - REFIS 2009.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1827/ploe_015-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1827/ploe_015-2009.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Convênio com a Entidade Casa de Recuperação Água da Vida - CRAVI.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1828/ploe_016-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1828/ploe_016-2009.pdf</t>
   </si>
   <si>
     <t>Autoria o Poder Executivo a firmar Convênio com a entidade Casa de Recuperação Nova Vida - CRENVI.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1829/ploe_017-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1829/ploe_017-2009.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Convênio com a entidade COMUNIDADE TERAPÊUTICA DIA - CTDIA.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1830/ploe_018-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1830/ploe_018-2009.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Convênio com o Tribunal de Justiça do Paraná - TJPR.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1853/ploe_020-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1853/ploe_020-2009.pdf</t>
   </si>
   <si>
     <t>"Acrescenta o artigo 57-A ao Código de Posturas".</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1832/ploe_021-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1832/ploe_021-2009.pdf</t>
   </si>
   <si>
     <t>Convênio com o Sindicato dos Trabalhadores Rurais de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1833/ploe_022-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1833/ploe_022-2009.pdf</t>
   </si>
   <si>
     <t>Convênio com a Associação Beneditina da Providência - ABENP.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1834/ploe_023-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1834/ploe_023-2009.pdf</t>
   </si>
   <si>
     <t>Convênio com a entidade Associação Ruth Schrank.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1835/ploe_025-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1835/ploe_025-2009.pdf</t>
   </si>
   <si>
     <t>Convênio com a entidade Associação de Pais, Mestres e Funcionários  - APMF.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1836/ploe_026-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1836/ploe_026-2009.pdf</t>
   </si>
   <si>
     <t>Convênio com a entidade Centro de Orientação e Controle de Excepcionais de Curitiba - COCEC.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1840/ploe_027-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1840/ploe_027-2009.pdf</t>
   </si>
   <si>
     <t>Convênio com a entidade Associação de Pais e Amigos de Excepcionais - APAE.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1838/ploe_029-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1838/ploe_029-2009.pdf</t>
   </si>
   <si>
     <t>Cria a Conselho Municipal de Segurança Alimentar e Nutricional - COMSEA.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1837/ploe_030-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1837/ploe_030-2009.pdf</t>
   </si>
   <si>
     <t>Convênio com a entidade Fundação Ecumêmica de Proteção ao Excepcional - FEPE.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1839/ploe_031-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1839/ploe_031-2009.pdf</t>
   </si>
   <si>
     <t>Convênio com a Associação de Proteção a Maternidade e Infância de Almirante Tamandaré - APMI.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1850/ploe_032-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1850/ploe_032-2009.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Habitação de Interesse Social - FMHIS.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1849/ploe_033-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1849/ploe_033-2009.pdf</t>
   </si>
   <si>
     <t>Abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1848/ploe_034-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1848/ploe_034-2009.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal 529/97, de 12 de dezembro de 1997.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1847/ploe_035-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1847/ploe_035-2009.pdf</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1846/ploe_036-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1846/ploe_036-2009.pdf</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1845/ploe_037-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1845/ploe_037-2009.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal 891/2002.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1844/ploe_038-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1844/ploe_038-2009.pdf</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1843/ploe_039-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1843/ploe_039-2009.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Créditos Adicionais Especiais.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 1098/2005, de 14 de junho de 2005.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1841/ploe_041-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1841/ploe_041-2009.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 1.114/2005 de 13 de setembro de 2005.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1797/ploe_043-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1797/ploe_043-2009.pdf</t>
   </si>
   <si>
     <t>Abertura de Crédito Adicional Especial</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1798/ploe_044-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1798/ploe_044-2009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal celebrar Convênio com a entidade Fundação Educacional Meninos e Meninas de Rua Profeta Elias e dá outras providências".</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1799/ploe_045-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1799/ploe_045-2009.pdf</t>
   </si>
   <si>
     <t>Criação do Conselho Municipal de Educação de Almirante Tamandaré</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1800/ploe_046-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1800/ploe_046-2009.pdf</t>
   </si>
   <si>
     <t>Revoga expressamente as leis municipais 1298/2007 e 1317/2008.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1786/ploe_049-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1786/ploe_049-2009.pdf</t>
   </si>
   <si>
     <t>Convênio com a entidade Comunhão Espírita Cristã.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1801/ploe_050-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1801/ploe_050-2009.pdf</t>
   </si>
   <si>
     <t>Normas Gerais para eleição de diretores das Escolas e Centros Municipais de Educação Infantil.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1802/ploe_051-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1802/ploe_051-2009.pdf</t>
   </si>
   <si>
     <t>Abertura de Créditos Adicionais Especiais</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1803/ploe_052-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1803/ploe_052-2009.pdf</t>
   </si>
   <si>
     <t>Abertura de Crédito Adicional Suplementar</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1815/ploe_055-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1815/ploe_055-2009.pdf</t>
   </si>
   <si>
     <t>Cessão de direito real de uso de lote de terreno.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1816/ploe_056-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1816/ploe_056-2009.pdf</t>
   </si>
   <si>
     <t>Cessão de área de terreno.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1805/ploe_57-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1805/ploe_57-2009.pdf</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1790/ploe_059-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1790/ploe_059-2009.pdf</t>
   </si>
   <si>
     <t>Créditos Adicionais Especiais</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1787/ploe_060-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1787/ploe_060-2009.pdf</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1785/ploe_062-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1785/ploe_062-2009.pdf</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1793/ploe_063-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1793/ploe_063-2009.pdf</t>
   </si>
   <si>
     <t>Crédito Adicional Especial</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1788/ploe_065-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1788/ploe_065-2009.pdf</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1791/ploe_066-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1791/ploe_066-2009.pdf</t>
   </si>
   <si>
     <t>Logradouro Público</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1808/ploe_067-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1808/ploe_067-2009.pdf</t>
   </si>
   <si>
     <t>Denominação a próprio público.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1792/ploe_068-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1792/ploe_068-2009.pdf</t>
   </si>
   <si>
     <t>Nova redação ao art. 4 da Lei Municipal 1373/2008.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1809/ploe_069-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1809/ploe_069-2009.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos na Lei Municipal nº 637/98. de 24 de novembro de 1998 e dá outras providências.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1810/ploe_070-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1810/ploe_070-2009.pdf</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1811/ploe_071-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1811/ploe_071-2009.pdf</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1812/ploe_072-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1812/ploe_072-2009.pdf</t>
   </si>
   <si>
     <t>Cessão de terreno.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1813/ploe_073-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1813/ploe_073-2009.pdf</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1814/ploe_074-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1814/ploe_074-2009.pdf</t>
   </si>
   <si>
     <t>Constituição com outros municípios do Paraná o Consórcio Metropolitano de Saúde (COMESP).</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1819/ploe_004-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1819/ploe_004-2009.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos na Lei Municipal 1243/2007.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1818/ploe_002-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1818/ploe_002-2009.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao próprio público que especifica.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1763/projeto_de_lei_lg._004.2009_-_lei_1399.2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1763/projeto_de_lei_lg._004.2009_-_lei_1399.2009.pdf</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1766/projeto_de_lei_lg._007.2009_-_lei_1417.2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1766/projeto_de_lei_lg._007.2009_-_lei_1417.2009.pdf</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1769/projeto_de_lei_lg._008.2009_-_lei_1418.2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1769/projeto_de_lei_lg._008.2009_-_lei_1418.2009.pdf</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1869/plol_012-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1869/plol_012-2009.pdf</t>
   </si>
   <si>
     <t>"Declara Entidade de Utilidade Pública Instituto Viver Bem".</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1870/plol_014-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1870/plol_014-2009.pdf</t>
   </si>
   <si>
     <t>Denominação de Logradouro Público</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1871/plol_015-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1871/plol_015-2009.pdf</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1872/plol_016-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1872/plol_016-2009.pdf</t>
   </si>
   <si>
     <t>Nova redação ao Art. 1 da Lei 627/98 de 04 de novembro de 1998.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1873/plol_017-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1873/plol_017-2009.pdf</t>
   </si>
   <si>
     <t>"Declara Entidade de Utilidade Pública a Associação de Moradores de Jardim Bela Vista do Ipê II".</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1874/plol_018-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1874/plol_018-2009.pdf</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1875/plol_019-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1875/plol_019-2009.pdf</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1782/projeto_de_lei_lg._020.2009_-_vetado.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1782/projeto_de_lei_lg._020.2009_-_vetado.pdf</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1876/plol_021-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1876/plol_021-2009.pdf</t>
   </si>
   <si>
     <t>"Estabelece obrigatoriedade da menção do nome do autor do Projeto de Lei, quando da sanção, promulgação e publicação do mesmo pelo Prefeito Municipal".</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1877/plol_022-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1877/plol_022-2009.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição à comercialização e consumo de cerveja em embalagem long neck no Município de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1878/plol_023-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1878/plol_023-2009.pdf</t>
   </si>
   <si>
     <t>"Proibição de empinar 'pipas' ou 'papagaios', nos locais que especifica, bem como a utilização de cerol".</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1879/plol_024-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1879/plol_024-2009.pdf</t>
   </si>
   <si>
     <t>"Declara Entidade de Utilidade Pública a Associação de Pais, Mestres e Funcionários do Colégio Estadual Papa João Paulo I".</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1880/plol_027-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1880/plol_027-2009.pdf</t>
   </si>
   <si>
     <t>"Declara Entidade de Utilidade Pública a Associação de Moradores e Amigos do Jardim São Venâncio".</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1856/ploe_030-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1856/ploe_030-2009.pdf</t>
   </si>
   <si>
     <t>"Institui o projeto "Recicle seu Lixo": Salve o aquífero Karst."</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1857/ploe_031-2008.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1857/ploe_031-2008.pdf</t>
   </si>
   <si>
     <t>"Institui o CORREIO ESCOLAR".</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1858/ploe_033-2009_-_vetado.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1858/ploe_033-2009_-_vetado.pdf</t>
   </si>
   <si>
     <t>"Estacionamento obrigatório para veículos de transporte escolar no Município de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1859/ploe_034-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1859/ploe_034-2009.pdf</t>
   </si>
   <si>
     <t>"Obrigatoriedade de as Agências Bancárias possuírem portas com dispositivo de travamento e guarda-volumes no Município de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1861/plol_035-2009_retirado_de_pauta.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1861/plol_035-2009_retirado_de_pauta.pdf</t>
   </si>
   <si>
     <t>Licença Prévia com liberação de alvarás para funcionamento por tempo determinado das micro-empresas de Almirante Tamandaré.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1881/plol_036-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1881/plol_036-2009.pdf</t>
   </si>
   <si>
     <t>"Institui a Semana Municipal de combate e prevenção ao câncer de próstata, e dá outras providências".</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1862/plol_037-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1862/plol_037-2009.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Instituição Jovens com uma Missão - JOCUM.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1863/plol_038-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1863/plol_038-2009.pdf</t>
   </si>
   <si>
     <t>Utilização de papel reciclado por parte dos órgãos e entidades da administração pública do Município.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1882/plol_039-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1882/plol_039-2009.pdf</t>
   </si>
   <si>
     <t>Denominação de Logradouro Público.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1883/plol_040-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1883/plol_040-2009.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a publicação do texto que acompanha o Projeto de Lei que denomina vias e logradouros públicos no Município de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1884/plol_041-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1884/plol_041-2009.pdf</t>
   </si>
   <si>
     <t>"Declara Entidade de Utilidade Pública a Associação Beneficente Esportiva Pireli do Estado do Paraná".</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1864/plol_042-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1864/plol_042-2009.pdf</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1865/plol_043-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1865/plol_043-2009.pdf</t>
   </si>
   <si>
     <t>Semana Municipal de Incentivo à Doação de Órgãos.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1781/projeto_de_lei_lg._044.2009_-_lei_1477.2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1781/projeto_de_lei_lg._044.2009_-_lei_1477.2009.pdf</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1777/projeto_de_lei_lg._047.2009_-_lei_1480.2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1777/projeto_de_lei_lg._047.2009_-_lei_1480.2009.pdf</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1779/projeto_de_lei_lg._048.2009_-_lei_1481.2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1779/projeto_de_lei_lg._048.2009_-_lei_1481.2009.pdf</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1885/plol_053-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1885/plol_053-2009.pdf</t>
   </si>
   <si>
     <t>"Institui o Código Municipal de Proteção aos Animais no âmbito do Município de Almirante Tamandaré".</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1776/projeto_de_lei_lg._056.2009_-_lei_1495.2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1776/projeto_de_lei_lg._056.2009_-_lei_1495.2009.pdf</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1789/ploe_064-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1789/ploe_064-2009.pdf</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1851/ploe_011-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1851/ploe_011-2009.pdf</t>
   </si>
   <si>
     <t>"Programa Educação com Saúde em 1º Lugar."</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1855/ploe_028-2009.pdf</t>
+    <t>http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1855/ploe_028-2009.pdf</t>
   </si>
   <si>
     <t>"Torna obrigatório no Município de Almirante Tamandaré a adaptação de computador para utilização de pessoas com deficiência visual em Lan Houses, Cyber Cafés e estabelecimentos similares".</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>PREL</t>
   </si>
   <si>
     <t>Projeto de Resolução - Legislativo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1479,67 +1479,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1760/decreto_legislativo_004.2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1783/ploe_006-2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1784/decreto_legislativo_007.2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1817/ploe_001-2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1820/ploe_005-2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1821/ploe_006-2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1822/ploe_007-2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1823/ploe_008-2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1824/ploe_009-2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1825/ploe_012-2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1796/ploe_013-2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1826/ploe_014-2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1827/ploe_015-2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1828/ploe_016-2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1829/ploe_017-2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1830/ploe_018-2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1853/ploe_020-2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1832/ploe_021-2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1833/ploe_022-2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1834/ploe_023-2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1835/ploe_025-2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1836/ploe_026-2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1840/ploe_027-2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1838/ploe_029-2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1837/ploe_030-2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1839/ploe_031-2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1850/ploe_032-2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1849/ploe_033-2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1848/ploe_034-2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1847/ploe_035-2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1846/ploe_036-2009.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1845/ploe_037-2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1844/ploe_038-2009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1843/ploe_039-2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1841/ploe_041-2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1797/ploe_043-2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1798/ploe_044-2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1799/ploe_045-2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1800/ploe_046-2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1786/ploe_049-2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1801/ploe_050-2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1802/ploe_051-2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1803/ploe_052-2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1815/ploe_055-2009.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1816/ploe_056-2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1805/ploe_57-2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1790/ploe_059-2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1787/ploe_060-2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1785/ploe_062-2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1793/ploe_063-2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1788/ploe_065-2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1791/ploe_066-2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1808/ploe_067-2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1792/ploe_068-2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1809/ploe_069-2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1810/ploe_070-2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1811/ploe_071-2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1812/ploe_072-2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1813/ploe_073-2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1814/ploe_074-2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1819/ploe_004-2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1818/ploe_002-2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1763/projeto_de_lei_lg._004.2009_-_lei_1399.2009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1766/projeto_de_lei_lg._007.2009_-_lei_1417.2009.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1769/projeto_de_lei_lg._008.2009_-_lei_1418.2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1869/plol_012-2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1870/plol_014-2009.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1871/plol_015-2009.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1872/plol_016-2009.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1873/plol_017-2009.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1874/plol_018-2009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1875/plol_019-2009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1782/projeto_de_lei_lg._020.2009_-_vetado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1876/plol_021-2009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1877/plol_022-2009.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1878/plol_023-2009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1879/plol_024-2009.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1880/plol_027-2009.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1856/ploe_030-2009.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1857/ploe_031-2008.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1858/ploe_033-2009_-_vetado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1859/ploe_034-2009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1861/plol_035-2009_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1881/plol_036-2009.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1862/plol_037-2009.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1863/plol_038-2009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1882/plol_039-2009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1883/plol_040-2009.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1884/plol_041-2009.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1864/plol_042-2009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1865/plol_043-2009.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1781/projeto_de_lei_lg._044.2009_-_lei_1477.2009.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1777/projeto_de_lei_lg._047.2009_-_lei_1480.2009.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1779/projeto_de_lei_lg._048.2009_-_lei_1481.2009.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1885/plol_053-2009.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1776/projeto_de_lei_lg._056.2009_-_lei_1495.2009.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1789/ploe_064-2009.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1851/ploe_011-2009.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1855/ploe_028-2009.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1760/decreto_legislativo_004.2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1783/ploe_006-2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1784/decreto_legislativo_007.2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1817/ploe_001-2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1820/ploe_005-2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1821/ploe_006-2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1822/ploe_007-2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1823/ploe_008-2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1824/ploe_009-2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1825/ploe_012-2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1796/ploe_013-2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1826/ploe_014-2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1827/ploe_015-2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1828/ploe_016-2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1829/ploe_017-2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1830/ploe_018-2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1853/ploe_020-2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1832/ploe_021-2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1833/ploe_022-2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1834/ploe_023-2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1835/ploe_025-2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1836/ploe_026-2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1840/ploe_027-2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1838/ploe_029-2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1837/ploe_030-2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1839/ploe_031-2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1850/ploe_032-2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1849/ploe_033-2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1848/ploe_034-2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1847/ploe_035-2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1846/ploe_036-2009.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1845/ploe_037-2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1844/ploe_038-2009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1843/ploe_039-2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1841/ploe_041-2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1797/ploe_043-2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1798/ploe_044-2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1799/ploe_045-2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1800/ploe_046-2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1786/ploe_049-2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1801/ploe_050-2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1802/ploe_051-2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1803/ploe_052-2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1815/ploe_055-2009.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1816/ploe_056-2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1805/ploe_57-2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1790/ploe_059-2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1787/ploe_060-2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1785/ploe_062-2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1793/ploe_063-2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1788/ploe_065-2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1791/ploe_066-2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1808/ploe_067-2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1792/ploe_068-2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1809/ploe_069-2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1810/ploe_070-2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1811/ploe_071-2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1812/ploe_072-2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1813/ploe_073-2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1814/ploe_074-2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1819/ploe_004-2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1818/ploe_002-2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1763/projeto_de_lei_lg._004.2009_-_lei_1399.2009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1766/projeto_de_lei_lg._007.2009_-_lei_1417.2009.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1769/projeto_de_lei_lg._008.2009_-_lei_1418.2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1869/plol_012-2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1870/plol_014-2009.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1871/plol_015-2009.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1872/plol_016-2009.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1873/plol_017-2009.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1874/plol_018-2009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1875/plol_019-2009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1782/projeto_de_lei_lg._020.2009_-_vetado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1876/plol_021-2009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1877/plol_022-2009.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1878/plol_023-2009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1879/plol_024-2009.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1880/plol_027-2009.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1856/ploe_030-2009.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1857/ploe_031-2008.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1858/ploe_033-2009_-_vetado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1859/ploe_034-2009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1861/plol_035-2009_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1881/plol_036-2009.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1862/plol_037-2009.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1863/plol_038-2009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1882/plol_039-2009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1883/plol_040-2009.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1884/plol_041-2009.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1864/plol_042-2009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1865/plol_043-2009.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1781/projeto_de_lei_lg._044.2009_-_lei_1477.2009.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1777/projeto_de_lei_lg._047.2009_-_lei_1480.2009.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1779/projeto_de_lei_lg._048.2009_-_lei_1481.2009.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1885/plol_053-2009.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1776/projeto_de_lei_lg._056.2009_-_lei_1495.2009.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1789/ploe_064-2009.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1851/ploe_011-2009.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/sapl/public/materialegislativa/2009/1855/ploe_028-2009.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.almirantetamandare.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="173.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>